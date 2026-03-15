--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -5,355 +5,262 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>3904155</t>
   </si>
   <si>
     <t>FERRELL JON</t>
   </si>
   <si>
     <t>CLAYMONT SD</t>
   </si>
   <si>
     <t>7211 SE WATERWORKS HILL RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>65-00027-000</t>
   </si>
   <si>
     <t>AUSTIN JOHN W &amp; MARGARET C &amp; TED R AUSTIN</t>
   </si>
   <si>
     <t>6104 SE BUCKEYE HOLLOW RD</t>
   </si>
   <si>
-    <t>65-00072-000</t>
-[...7 lines deleted...]
-  <si>
     <t>4806409</t>
   </si>
   <si>
     <t>SMITH JAMES C</t>
   </si>
   <si>
     <t>INDIAN VALLEY SD</t>
   </si>
   <si>
     <t>6509 SE RUSH CHURCH RD</t>
   </si>
   <si>
     <t>63-00042-000</t>
   </si>
   <si>
-    <t>HANEY RANDY &amp; CHARLOTTE</t>
+    <t>HANEY CHARLOTTE M</t>
   </si>
   <si>
     <t>1987 SE WAINWRIGHT RD</t>
   </si>
   <si>
     <t>63-00090-000</t>
   </si>
   <si>
     <t>BONVECHIOS INC</t>
   </si>
   <si>
     <t>SE SECOND ST</t>
   </si>
   <si>
     <t>63-00095-000</t>
   </si>
   <si>
     <t>HANEY BILLY G</t>
   </si>
   <si>
     <t>1788 SE WAINWRIGHT RD</t>
   </si>
   <si>
     <t>63-00104-002</t>
   </si>
   <si>
     <t>LIPPENCOTT DEVIN C</t>
   </si>
   <si>
     <t>SE FOX VALLEY RD</t>
   </si>
   <si>
-    <t>63-00123-000</t>
-[...16 lines deleted...]
-  <si>
     <t>63-00223-000</t>
   </si>
   <si>
     <t>PETITTE BECKY C</t>
   </si>
   <si>
     <t>3478 SE BOLTZ RD</t>
   </si>
   <si>
-    <t>63-00224-000</t>
-[...4 lines deleted...]
-  <si>
     <t>63-00247-000</t>
   </si>
   <si>
     <t>JONES SONDRA</t>
   </si>
   <si>
     <t>2402 SE WAINWRIGHT RD</t>
   </si>
   <si>
     <t>63-00279-003</t>
   </si>
   <si>
     <t>EVERETT BRIAN L &amp; STEPHANIE L ADKINS</t>
   </si>
   <si>
     <t>529 SE SHARON VALLEY RD</t>
   </si>
   <si>
     <t>63-00299-000</t>
   </si>
   <si>
     <t>EVERHARD HAZEL E</t>
   </si>
   <si>
     <t>SE ROYAL LN</t>
   </si>
   <si>
     <t>63-00406-000</t>
   </si>
   <si>
     <t>HAMMERSLEY MABEL V L</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>63-00407-000</t>
   </si>
   <si>
     <t>63-00445-001</t>
   </si>
   <si>
     <t>KLINESMITH DONALD ALLEN</t>
   </si>
   <si>
     <t>2959 SE BRIGHTWOOD RD</t>
   </si>
   <si>
-    <t>63-00546-000</t>
-[...7 lines deleted...]
-  <si>
     <t>63-00630-000</t>
   </si>
   <si>
     <t>WRIGHT MARIANNE NUGO</t>
   </si>
   <si>
     <t>3036 SE SHARON DR</t>
   </si>
   <si>
     <t>63-00673-000</t>
   </si>
   <si>
     <t>CALLAHAN IKE R &amp; SHERRY L</t>
   </si>
   <si>
     <t>SE RIVERSIDE RD</t>
   </si>
   <si>
     <t>63-00742-005</t>
   </si>
   <si>
     <t>BANKERS TRUST COMPANY OF CALIFORNIA N A</t>
   </si>
   <si>
     <t>1854 SE MYERS HOLLOW RD</t>
   </si>
   <si>
-    <t>63-00761-002</t>
-[...7 lines deleted...]
-  <si>
     <t>63-00793-001</t>
   </si>
   <si>
     <t>HILL JOHN &amp; LORI</t>
   </si>
   <si>
     <t>SE SANI RD</t>
   </si>
   <si>
-    <t>63-00848-000</t>
-[...13 lines deleted...]
-  <si>
     <t>63-01031-000</t>
   </si>
   <si>
     <t>GOULDER PAMELA K</t>
   </si>
   <si>
     <t>2946 NE 5TH DR</t>
   </si>
   <si>
     <t>63-01034-000</t>
   </si>
   <si>
     <t>COON CHARLES &amp; MICHELLE</t>
   </si>
   <si>
     <t>1886 SE WAINWRIGHT RD</t>
   </si>
   <si>
     <t>6301381</t>
   </si>
   <si>
     <t>DEXTER CHERYL</t>
   </si>
   <si>
     <t>8508 SE EDWARDS RIDGE RD</t>
   </si>
   <si>
-    <t>63-01738-000</t>
-[...25 lines deleted...]
-  <si>
     <t>6301895</t>
   </si>
   <si>
     <t>MARTINELLI VINCENT</t>
   </si>
   <si>
     <t>4449 SE MORAVIAN CHURCH RD</t>
   </si>
   <si>
     <t>63-01979-005</t>
   </si>
   <si>
     <t>VALENTINE, TTEE OF THE CYNTHIA VALENTINE REVOCABLE TRUST CYNTHIA</t>
   </si>
   <si>
     <t>2340 SE LARSON RD</t>
   </si>
   <si>
     <t>63-02017-005</t>
   </si>
   <si>
     <t>MARTINELLI VINCENT J &amp; RUTH ANN</t>
   </si>
   <si>
     <t>SE MORAVIAN CHURCH RD</t>
@@ -364,114 +271,96 @@
   <si>
     <t>HAMBLETON RONALD W &amp; BRIDGET A</t>
   </si>
   <si>
     <t>4141 SE SCHUMACHER HOLLOW RD</t>
   </si>
   <si>
     <t>63-02076-000</t>
   </si>
   <si>
     <t>HAMBLETON AMANDA M &amp; AARON C GAUVEY</t>
   </si>
   <si>
     <t>4117 SE SCHUMACHER HOLLOW RD</t>
   </si>
   <si>
     <t>63-02163-005</t>
   </si>
   <si>
     <t>KOERBER JORDAN A &amp; JENNIFER N</t>
   </si>
   <si>
     <t>5124 SE BOLTZ RD</t>
   </si>
   <si>
-    <t>63-02164-000</t>
-[...7 lines deleted...]
-  <si>
     <t>63-02256-000</t>
   </si>
   <si>
     <t>WOODS DELBERT E &amp; JENNIFER L</t>
   </si>
   <si>
     <t>4013 SE RIVER BOTTOM RD</t>
   </si>
   <si>
     <t>63-02416-000</t>
   </si>
   <si>
     <t>PINCHEK VINCENT</t>
   </si>
   <si>
     <t>SE STATE ROUTE 36</t>
   </si>
   <si>
     <t>63-02434-001</t>
   </si>
   <si>
     <t>N MAIN ST</t>
   </si>
   <si>
     <t>6304758</t>
   </si>
   <si>
     <t>WOODS DELBERT E</t>
   </si>
   <si>
     <t>6306762</t>
   </si>
   <si>
     <t>BUNTON ALEISHA M &amp; RONALD M</t>
   </si>
   <si>
     <t>2570 SE UNGER RD</t>
   </si>
   <si>
     <t>6307051</t>
   </si>
   <si>
     <t>BLOOMFIELD TIMOTHY L</t>
   </si>
   <si>
     <t>5521 SE INDIAN HILL RD</t>
-  </si>
-[...7 lines deleted...]
-    <t>5290 SE ROGERS RD</t>
   </si>
   <si>
     <t>6307702</t>
   </si>
   <si>
     <t>ROSE PENNY K</t>
   </si>
   <si>
     <t>6238 SE EAST AVE</t>
   </si>
   <si>
     <t>6308320</t>
   </si>
   <si>
     <t>LANCE VIRGINIA</t>
   </si>
   <si>
     <t>SE RIVERSIDE PARK DR</t>
   </si>
   <si>
     <t>6308321</t>
   </si>
 </sst>
 </file>
 
@@ -502,70 +391,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F50" headerRowCount="1">
-  <autoFilter ref="A1:F50"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F37" headerRowCount="1">
+  <autoFilter ref="A1:F37"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=71826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=58984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=67931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59265&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=67881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59992&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60247&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60255&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75921&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=71826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=58984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=67931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59265&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=67881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=59819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60247&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=60476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75921&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F50"/>
+  <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="67.31037902832031" customWidth="1"/>
     <col min="3" max="3" width="17.552576065063477" customWidth="1"/>
     <col min="4" max="4" width="32.90776443481445" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -603,1015 +492,742 @@
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
         <v>4252.34</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E4" s="2">
-        <v>62.5</v>
+        <v>633.51</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2">
-        <v>633.51</v>
+        <v>422.4</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2">
-        <v>422.4</v>
+        <v>3771.48</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2">
-        <v>3771.48</v>
+        <v>132.28</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2">
-        <v>132.28</v>
+        <v>977.04</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="2">
-        <v>977.04</v>
+        <v>891.95</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2">
-        <v>60.55</v>
+        <v>1369.05</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2">
-        <v>62.5</v>
+        <v>3560.15</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2">
-        <v>2291.95</v>
+        <v>6878.75</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E13" s="2">
-        <v>321.12</v>
+        <v>39</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>1369.05</v>
+        <v>58.98</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>3560.15</v>
+        <v>223.65</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="2">
-        <v>6878.75</v>
+        <v>177.51</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="2">
-        <v>39</v>
+        <v>11995.94</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>58.98</v>
+        <v>10708.1</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E19" s="2">
-        <v>203.31</v>
+        <v>98.56</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E20" s="2">
-        <v>62.5</v>
+        <v>1188.82</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E21" s="2">
-        <v>177.51</v>
+        <v>840.03</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E22" s="2">
-        <v>11995.94</v>
+        <v>8813.8</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E23" s="2">
-        <v>10708.1</v>
+        <v>867.32</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E24" s="2">
-        <v>62.5</v>
+        <v>1390.13</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>98.56</v>
+        <v>18.33</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="E26" s="2">
-        <v>22.85</v>
+        <v>4725.6</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E27" s="2">
-        <v>62.5</v>
+        <v>2279.72</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E28" s="2">
-        <v>1188.82</v>
+        <v>359.58</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E29" s="2">
-        <v>1020.03</v>
+        <v>2412.11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E30" s="2">
-        <v>8813.8</v>
+        <v>343.78</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E31" s="2">
-        <v>375.24</v>
+        <v>13.8</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="E32" s="2">
-        <v>62.5</v>
+        <v>401.58</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>62.5</v>
+        <v>134.07</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>867.32</v>
+        <v>748.13</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>1390.13</v>
+        <v>4891.81</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="2">
-        <v>18.33</v>
+        <v>32</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="E37" s="2">
-        <v>4725.6</v>
+        <v>11.78</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>10</v>
-[...258 lines deleted...]
-      <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
-    <hyperlink ref="F38" r:id="rId38"/>
-[...11 lines deleted...]
-    <hyperlink ref="F50" r:id="rId50"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>