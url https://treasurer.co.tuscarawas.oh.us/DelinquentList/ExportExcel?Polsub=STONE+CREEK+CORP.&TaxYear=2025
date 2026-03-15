--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -5,149 +5,125 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>33-00001-000</t>
   </si>
   <si>
     <t>DUMMERMUTH ROBERT SIMON</t>
   </si>
   <si>
     <t>NEW PHIL. SD</t>
   </si>
   <si>
     <t>116 N BRIDGE ST</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>33-00014-000</t>
-[...7 lines deleted...]
-  <si>
     <t>33-00015-000</t>
   </si>
   <si>
     <t>BLACKWELL RUSSELL E</t>
   </si>
   <si>
     <t>MAPLE ST</t>
   </si>
   <si>
-    <t>33-00019-000</t>
+    <t>33-00042-000</t>
+  </si>
+  <si>
+    <t>ELFVIN GUSTAVIUS</t>
+  </si>
+  <si>
+    <t>113 W JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>33-00091-000</t>
+  </si>
+  <si>
+    <t>ELFVIN GUSTAVIUS E</t>
+  </si>
+  <si>
+    <t>109 W JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>33-00142-000</t>
+  </si>
+  <si>
+    <t>ARBOGAST RUTH O</t>
+  </si>
+  <si>
+    <t>BRIDGE ST</t>
+  </si>
+  <si>
+    <t>33-00147-000</t>
   </si>
   <si>
     <t>LEE CLYDE V &amp; AMY L</t>
-  </si>
-[...40 lines deleted...]
-    <t>33-00147-000</t>
   </si>
   <si>
     <t>33-00155-000</t>
   </si>
   <si>
     <t>WYATT RICHARD</t>
   </si>
   <si>
     <t>AUBURN ST</t>
   </si>
   <si>
     <t>33-00199-000</t>
   </si>
   <si>
     <t>AMERICAN PREMIER UNDERWRITERS INC</t>
   </si>
   <si>
     <t>MARIETTA ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -175,318 +151,255 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F12" headerRowCount="1">
-  <autoFilter ref="A1:F12"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F9" headerRowCount="1">
+  <autoFilter ref="A1:F9"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24530&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24661&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24530&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24661&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F12"/>
+  <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="37.80926513671875" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="19.885164260864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>544.14</v>
+        <v>294.14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>369.48</v>
+        <v>553.97</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>553.97</v>
+        <v>44.8</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>154.74</v>
+        <v>11824.59</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>44.8</v>
+        <v>340.33</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E7" s="2">
-        <v>369.48</v>
+        <v>202.35</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="2">
-        <v>11824.59</v>
+        <v>529.97</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="2">
-        <v>340.33</v>
+        <v>1730.52</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>10</v>
-[...58 lines deleted...]
-      <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
-    <hyperlink ref="F10" r:id="rId10"/>
-[...1 lines deleted...]
-    <hyperlink ref="F12" r:id="rId12"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>