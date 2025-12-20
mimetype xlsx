--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -248,291 +248,291 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>440.87</v>
+        <v>452.63</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>391.29</v>
+        <v>401.72</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>391.29</v>
+        <v>401.72</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="2">
-        <v>48.55</v>
+        <v>49.85</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="2">
-        <v>207.76</v>
+        <v>213.29</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="2">
-        <v>692.22</v>
+        <v>710.67</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="2">
-        <v>1406.98</v>
+        <v>1444.48</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="2">
-        <v>580.48</v>
+        <v>595.96</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="2">
-        <v>69.05</v>
+        <v>70.88</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="2">
-        <v>3211.75</v>
+        <v>3297.4</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="2">
-        <v>264.05</v>
+        <v>271.08</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="2">
-        <v>194.29</v>
+        <v>199.47</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="2">
-        <v>1366.03</v>
+        <v>1402.45</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>