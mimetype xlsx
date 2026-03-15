--- v0 (2026-01-09)
+++ v1 (2026-03-15)
@@ -5,397 +5,265 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="246">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>4402252</t>
   </si>
   <si>
     <t>MILLER MARY E</t>
   </si>
   <si>
     <t>NEWCOMERSTOWN EX VILL SD</t>
   </si>
   <si>
     <t>229 RAY ST</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>45-00003-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00018-000</t>
   </si>
   <si>
     <t>WILKINSON TRUSTEE OF 415 E CANAL ST LAND TRUST TEGAN T</t>
   </si>
   <si>
     <t>415 E CANAL ST</t>
   </si>
   <si>
-    <t>45-00021-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00057-000</t>
   </si>
   <si>
     <t>MILES ASHLEY</t>
   </si>
   <si>
     <t>449 SPAULDING AVE</t>
   </si>
   <si>
-    <t>45-00060-000</t>
-[...4 lines deleted...]
-  <si>
     <t>45-00090-000</t>
   </si>
   <si>
     <t>BELCHER VINA M</t>
   </si>
   <si>
     <t>648 S COLLEGE ST</t>
   </si>
   <si>
-    <t>45-00105-000</t>
-[...16 lines deleted...]
-  <si>
     <t>45-00193-000</t>
   </si>
   <si>
     <t>MUATA IMANI SEKOU</t>
   </si>
   <si>
     <t>542 MARTIN LUTHER KING DR</t>
   </si>
   <si>
-    <t>45-00232-001</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00269-000</t>
   </si>
   <si>
     <t>SMITH NATHAN E</t>
   </si>
   <si>
     <t>508 MULVANE ST</t>
   </si>
   <si>
-    <t>45-00314-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00324-000</t>
   </si>
   <si>
     <t>LARSON DWIGHT &amp; PATRICIA</t>
   </si>
   <si>
     <t>404 E STATE ST</t>
   </si>
   <si>
     <t>45-00371-000</t>
   </si>
   <si>
     <t>BERKSHIRE KELLY LEE &amp; ELIZABETH ANN</t>
   </si>
   <si>
     <t>547 W STATE ST</t>
   </si>
   <si>
     <t>45-00378-000</t>
   </si>
   <si>
     <t>ELLIOTT JUDITH S</t>
   </si>
   <si>
     <t>534 W CARROLL ST</t>
   </si>
   <si>
-    <t>45-00432-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00537-000</t>
   </si>
   <si>
     <t>LORENZ SHANNON E</t>
   </si>
   <si>
     <t>147 E CHURCH ST</t>
   </si>
   <si>
-    <t>45-00576-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00595-000</t>
   </si>
   <si>
     <t>MYERS BRADLEY C &amp; KRISTOFER K</t>
   </si>
   <si>
     <t>509 OXFORD AVE</t>
   </si>
   <si>
     <t>45-00598-000</t>
   </si>
   <si>
     <t>WHITCHER RONALD R &amp; ELIZABETH M</t>
   </si>
   <si>
     <t>211 SPAULDING AVE</t>
   </si>
   <si>
     <t>45-00601-000</t>
   </si>
   <si>
     <t>TANNER RANDY G II</t>
   </si>
   <si>
     <t>601 S COLLEGE ST</t>
   </si>
   <si>
-    <t>45-00630-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00634-000</t>
   </si>
   <si>
     <t>MANN CRAIG A</t>
   </si>
   <si>
     <t>253 N BRIDGE ST</t>
   </si>
   <si>
     <t>45-00656-000</t>
   </si>
   <si>
     <t>MOORE CRYSTINA M</t>
   </si>
   <si>
     <t>312 HELLER DR</t>
   </si>
   <si>
     <t>45-00659-000</t>
   </si>
   <si>
     <t>HOBSON SHAUNNA</t>
   </si>
   <si>
     <t>554 RAILROAD ST</t>
   </si>
   <si>
-    <t>45-00665-000</t>
-[...25 lines deleted...]
-  <si>
     <t>45-00701-000</t>
   </si>
   <si>
     <t>SNOOK DAVID W &amp; AMY D HARTZLER</t>
   </si>
   <si>
     <t>130 W MAIN ST</t>
   </si>
   <si>
     <t>45-00713-000</t>
   </si>
   <si>
     <t>KOCHTE NATALIE ETAL</t>
   </si>
   <si>
     <t>330 W NEIGHBOR ST</t>
   </si>
   <si>
-    <t>45-00728-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00745-000</t>
   </si>
   <si>
     <t>CONLON CARR KATHIE</t>
   </si>
   <si>
     <t>102 S 1/2 RIVER ST</t>
   </si>
   <si>
     <t>45-00758-000</t>
   </si>
   <si>
     <t>HESTON TIMOTHY D</t>
   </si>
   <si>
     <t>602 BEECH ST</t>
   </si>
   <si>
     <t>45-00822-000</t>
   </si>
   <si>
     <t>LOVRINIC CHRISTINE</t>
   </si>
   <si>
     <t>202 W STATE ST</t>
   </si>
   <si>
-    <t>4500829</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00839-000</t>
   </si>
   <si>
     <t>KISTLER GEO B &amp; FLORIDE R</t>
   </si>
   <si>
     <t>N COLLEGE ST</t>
   </si>
   <si>
     <t>45-00850-000</t>
   </si>
   <si>
     <t>MCNEAL DENNIS P &amp; FRANEY L</t>
   </si>
   <si>
     <t>471 S RIVER ST</t>
   </si>
   <si>
     <t>45-00859-000</t>
   </si>
   <si>
     <t>GLOBAL REAL ESTATE DEVELOPMENT, INC</t>
   </si>
   <si>
     <t>539 W STATE ST</t>
@@ -433,122 +301,86 @@
   <si>
     <t>MCMULLEN BRITNEY</t>
   </si>
   <si>
     <t>424 PARK HILL DR</t>
   </si>
   <si>
     <t>45-00939-000</t>
   </si>
   <si>
     <t>WARDELL DONALD R ETAL</t>
   </si>
   <si>
     <t>148 1ST ST</t>
   </si>
   <si>
     <t>45-00940-000</t>
   </si>
   <si>
     <t>SIMPSON ANDREW D</t>
   </si>
   <si>
     <t>560 MARTIN LUTHER KING DR</t>
   </si>
   <si>
-    <t>45-01005-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-01045-000</t>
   </si>
   <si>
     <t>KELLAM LEROY &amp; DORTHY</t>
   </si>
   <si>
     <t>S COLLEGE ST</t>
   </si>
   <si>
     <t>45-01046-000</t>
   </si>
   <si>
     <t>RIVERA MONA R</t>
   </si>
   <si>
     <t>610 MARTIN LUTHER KING DR</t>
   </si>
   <si>
-    <t>45-01074-000</t>
-[...16 lines deleted...]
-  <si>
     <t>45-01130-000</t>
   </si>
   <si>
     <t>MINCKS MARLIN</t>
   </si>
   <si>
     <t>329 W CANAL ST</t>
   </si>
   <si>
     <t>4501142</t>
   </si>
   <si>
     <t>WRIGHT JERRY</t>
   </si>
   <si>
     <t>129 W STATE ST REAR</t>
   </si>
   <si>
-    <t>45-01142-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-01166-000</t>
   </si>
   <si>
     <t>HAHN KENNETH F &amp; NATOSHA N</t>
   </si>
   <si>
     <t>433 MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-01174-000</t>
   </si>
   <si>
     <t>NIGRO ARDATH A ETAL</t>
   </si>
   <si>
     <t>420 N COLLEGE ST</t>
   </si>
   <si>
     <t>45-01187-000</t>
   </si>
   <si>
     <t>CAMPBELL AMY J</t>
   </si>
   <si>
     <t>322 S BEAVER AVE</t>
@@ -559,104 +391,68 @@
   <si>
     <t>NORRIS ERIC</t>
   </si>
   <si>
     <t>582 MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-01198-000</t>
   </si>
   <si>
     <t>OPPHILE BARBARA J</t>
   </si>
   <si>
     <t>570 RAILROAD ST</t>
   </si>
   <si>
     <t>45-01227-000</t>
   </si>
   <si>
     <t>WILKINSON TEGAN T ETAL</t>
   </si>
   <si>
     <t>148 E MAIN ST</t>
   </si>
   <si>
-    <t>45-01228-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-01286-000</t>
   </si>
   <si>
     <t>NIGRO ANTHONY F JR &amp; MELANIE F</t>
   </si>
   <si>
     <t xml:space="preserve">242 E MAIN ST  EXT</t>
   </si>
   <si>
-    <t>45-01336-000</t>
-[...16 lines deleted...]
-  <si>
     <t>45-01370-000</t>
   </si>
   <si>
     <t>ATKINSON MARTHA A</t>
   </si>
   <si>
     <t>BEECH ST REAR</t>
   </si>
   <si>
-    <t>45-01415-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-01429-000</t>
   </si>
   <si>
     <t>MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-01438-000</t>
   </si>
   <si>
     <t>WOOD CRAIG P &amp; EMILY B WHYDE</t>
   </si>
   <si>
     <t>536 MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-01449-000</t>
   </si>
   <si>
     <t>WORTHIINGTON JAMES L &amp; MARSHA WORTHINGTON</t>
   </si>
   <si>
     <t>755 CROSS ST</t>
   </si>
   <si>
     <t>45-01475-000</t>
@@ -685,450 +481,312 @@
   <si>
     <t>SIMPSON PAUL</t>
   </si>
   <si>
     <t>ALLEY I</t>
   </si>
   <si>
     <t>4501573</t>
   </si>
   <si>
     <t>SMITH TRACY R</t>
   </si>
   <si>
     <t>344 W MAIN ST REAR</t>
   </si>
   <si>
     <t>45-01587-000</t>
   </si>
   <si>
     <t>KITZMAN CHRISTIE</t>
   </si>
   <si>
     <t>252 CROSS ST</t>
   </si>
   <si>
-    <t>45-01689-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-01695-000</t>
   </si>
   <si>
     <t>RIDDLE RONALD H &amp; DENISE L</t>
   </si>
   <si>
     <t>464 CHESTNUT ST</t>
   </si>
   <si>
     <t>45-01701-000</t>
   </si>
   <si>
     <t>WESTHAFER ADAM C</t>
   </si>
   <si>
     <t>455 HELLER DR</t>
   </si>
   <si>
-    <t>45-01791-000</t>
-[...4 lines deleted...]
-  <si>
     <t>45-01853-000</t>
   </si>
   <si>
     <t>SIMPSON MARGO</t>
   </si>
   <si>
     <t>490 FACTORY ST</t>
   </si>
   <si>
     <t>45-01870-000</t>
   </si>
   <si>
     <t>WILSON CAROLYN V &amp; ET AL</t>
   </si>
   <si>
     <t>45-01871-000</t>
   </si>
   <si>
     <t>45-01883-000</t>
   </si>
   <si>
     <t>MOORE JR MICHAEL</t>
   </si>
   <si>
     <t>554 TUSCARAWAS AVE</t>
   </si>
   <si>
     <t>45-01918-000</t>
   </si>
   <si>
     <t>MCCLUNG EDITH I</t>
   </si>
   <si>
     <t>136 S COLLEGE ST</t>
   </si>
   <si>
     <t>45-01953-000</t>
   </si>
   <si>
     <t>SCOTT RALPH W &amp; ALICE E</t>
   </si>
   <si>
     <t>SCOTT DR</t>
   </si>
   <si>
-    <t>45-01962-000</t>
-[...13 lines deleted...]
-  <si>
     <t>45-02049-000</t>
   </si>
   <si>
     <t>SHRIBER ANTHONY J</t>
   </si>
   <si>
     <t>WOOD AVE</t>
   </si>
   <si>
-    <t>45-02092-000</t>
-[...22 lines deleted...]
-  <si>
     <t>45-02154-000</t>
   </si>
   <si>
     <t>MILLER LOUIS WILLIAM</t>
   </si>
   <si>
     <t>N PARK HILL DR</t>
   </si>
   <si>
     <t>4502207</t>
   </si>
   <si>
     <t>BOWERS KENNETH P</t>
   </si>
   <si>
     <t>51 BASS RD LOT 51</t>
   </si>
   <si>
     <t>45-02269-000</t>
   </si>
   <si>
     <t>TRUSTEES AFRICAN BAPTIST CHURCH</t>
   </si>
   <si>
     <t>45-02280-000</t>
   </si>
   <si>
     <t>TRUSTEES ST PAULS A M E CHURCH</t>
   </si>
   <si>
-    <t>45-02365-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-02380-000</t>
   </si>
   <si>
     <t>FISHER TARA M</t>
   </si>
   <si>
     <t>126 N PARK HILL DR</t>
   </si>
   <si>
     <t>45-02431-002</t>
   </si>
   <si>
     <t>GREWELL VANIDA L</t>
   </si>
   <si>
     <t>E STATE RD</t>
   </si>
   <si>
-    <t>45-02443-000</t>
-[...16 lines deleted...]
-  <si>
     <t>4502474</t>
   </si>
   <si>
     <t>JONES KENNETH E</t>
   </si>
   <si>
     <t>149 1/2 SCOTT DR</t>
   </si>
   <si>
     <t>45-02474-000</t>
   </si>
   <si>
     <t>YOUNG PAULINE</t>
   </si>
   <si>
     <t>45-02475-000</t>
   </si>
   <si>
     <t>612 MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-02548-000</t>
   </si>
   <si>
     <t>CRAIG LOIS Z &amp; MARIAN Z - PERPETUAL EASEMENT TO STATE</t>
   </si>
   <si>
     <t>STATE ROUTE 258</t>
   </si>
   <si>
     <t>45-02582-000</t>
   </si>
   <si>
     <t>CROATION RESOURCES, LLC</t>
   </si>
   <si>
     <t>13137 SW STONECREEK RD</t>
   </si>
   <si>
-    <t>45-02584-003</t>
-[...13 lines deleted...]
-  <si>
     <t>4502649</t>
   </si>
   <si>
     <t>WILSON JERRY L</t>
   </si>
   <si>
     <t>312 PEARL ST REAR</t>
   </si>
   <si>
     <t>4502734</t>
   </si>
   <si>
     <t>BRADFORD DONNA K</t>
   </si>
   <si>
     <t>456 BEAVER ST</t>
   </si>
   <si>
     <t>4503187</t>
   </si>
   <si>
     <t>4503997</t>
   </si>
   <si>
     <t>BOWSER DOROTHY J</t>
   </si>
   <si>
     <t>525 CENTER ST</t>
   </si>
   <si>
     <t>4504334</t>
   </si>
   <si>
     <t>WEST TARA C</t>
   </si>
   <si>
     <t>529 OXFORD DR</t>
   </si>
   <si>
     <t>4504771</t>
   </si>
   <si>
     <t>RIVERA SAMUEL &amp; MONA R</t>
   </si>
   <si>
-    <t>4504806</t>
-[...7 lines deleted...]
-  <si>
     <t>4504858</t>
   </si>
   <si>
     <t>STOWERS JAMES &amp; JUNE PAULINE</t>
   </si>
   <si>
     <t>4505232</t>
   </si>
   <si>
     <t>DESCHAIN ENTERPRISES LLC</t>
   </si>
   <si>
     <t>148 E MAIN ST REAR</t>
   </si>
   <si>
     <t>4505454</t>
   </si>
   <si>
     <t>RINE DOROTHY I</t>
   </si>
   <si>
     <t>527 OXFORD DR</t>
   </si>
   <si>
     <t>4505597</t>
   </si>
   <si>
     <t>RICHARDS STEPHANIE M</t>
   </si>
   <si>
     <t>721 MULVANE ST</t>
   </si>
   <si>
     <t>4506012</t>
   </si>
   <si>
     <t>JOHNSON PATRICIA S</t>
   </si>
   <si>
     <t>138 CHURCH ST</t>
   </si>
   <si>
-    <t>4506714</t>
-[...4 lines deleted...]
-  <si>
     <t>4507893</t>
   </si>
   <si>
     <t>CRIDER JENNIFER</t>
   </si>
   <si>
     <t>25 BLUEGILL LN LOT 25</t>
   </si>
   <si>
-    <t>4508045</t>
-[...7 lines deleted...]
-  <si>
     <t>4508224</t>
   </si>
   <si>
     <t>CASS LINDA E</t>
   </si>
   <si>
     <t>60 CREEKSIDE DR LOT 60</t>
-  </si>
-[...16 lines deleted...]
-    <t>227 RAY ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1138,70 +796,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F125" headerRowCount="1">
-  <autoFilter ref="A1:F125"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F85" headerRowCount="1">
+  <autoFilter ref="A1:F85"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45563&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46858&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73644&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=76225&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=79957&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=44981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=45997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46858&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=46935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=47333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74020&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F125"/>
+  <dimension ref="A1:F85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="62.70453643798828" customWidth="1"/>
     <col min="3" max="3" width="28.757186889648438" customWidth="1"/>
     <col min="4" max="4" width="27.73207664489746" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1225,2493 +883,1693 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
         <v>422.24</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>34.8</v>
+        <v>689.41</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>689.41</v>
+        <v>35.64</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>33.43</v>
+        <v>3591.28</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>32.4</v>
+        <v>685.96</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>29.77</v>
+        <v>1007.88</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>3591.28</v>
+        <v>1578.01</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>86.3</v>
+        <v>387.62</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>600</v>
+        <v>2792.76</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>678.76</v>
+        <v>1191.81</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>90.52</v>
+        <v>1582.48</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>1007.88</v>
+        <v>145.34</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>336</v>
+        <v>478.86</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>1578.01</v>
+        <v>149.43</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>387.62</v>
+        <v>1046.5</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>2792.76</v>
+        <v>1165.34</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>2049.35</v>
+        <v>239.91</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>1191.81</v>
+        <v>290.08</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>935.28</v>
+        <v>964.61</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>1582.48</v>
+        <v>131.51</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>132.12</v>
+        <v>2915.45</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>478.86</v>
+        <v>226.43</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>41.04</v>
+        <v>453.68</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>135.85</v>
+        <v>7306.75</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>1046.5</v>
+        <v>3988.97</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>1387.13</v>
+        <v>1832.71</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>93.32</v>
+        <v>495.08</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>19.77</v>
+        <v>1252.25</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>600.67</v>
+        <v>10.72</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>239.91</v>
+        <v>5331.94</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>263.7</v>
+        <v>67.46</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>683.69</v>
+        <v>2744.79</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E34" s="2">
-        <v>964.61</v>
+        <v>11152.47</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E35" s="2">
-        <v>131.51</v>
+        <v>112.93</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E36" s="2">
-        <v>2915.45</v>
+        <v>462.83</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E37" s="2">
-        <v>357.07</v>
+        <v>1031.15</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E38" s="2">
-        <v>226.43</v>
+        <v>659.51</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E39" s="2">
-        <v>453.68</v>
+        <v>338.22</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E40" s="2">
-        <v>6691.75</v>
+        <v>138.7</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E41" s="2">
-        <v>3988.97</v>
+        <v>1083.95</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E42" s="2">
-        <v>1765.51</v>
+        <v>1300.04</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E43" s="2">
-        <v>495.08</v>
+        <v>112.56</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="2">
-        <v>1252.25</v>
+        <v>155.77</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E45" s="2">
-        <v>899.7</v>
+        <v>349.59</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E46" s="2">
-        <v>5331.94</v>
+        <v>147.19</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E47" s="2">
-        <v>378.43</v>
+        <v>505.23</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="E48" s="2">
-        <v>67.46</v>
+        <v>200.04</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>2744.79</v>
+        <v>1099.57</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>232.1</v>
+        <v>281.7</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E51" s="2">
-        <v>932.79</v>
+        <v>117.18</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>11152.47</v>
+        <v>897.54</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="2">
-        <v>112.93</v>
+        <v>16402.89</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>90.7</v>
+        <v>1069.62</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>462.83</v>
+        <v>4446.79</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>171</v>
+        <v>133</v>
       </c>
       <c r="E56" s="2">
-        <v>1531.15</v>
+        <v>72.37</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>174</v>
+        <v>133</v>
       </c>
       <c r="E57" s="2">
-        <v>659.51</v>
+        <v>74.73</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E58" s="2">
-        <v>588.22</v>
+        <v>1059.81</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="E59" s="2">
-        <v>138.7</v>
+        <v>7639.45</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E60" s="2">
-        <v>1083.95</v>
+        <v>381.74</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="E61" s="2">
-        <v>549.25</v>
+        <v>81.44</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E62" s="2">
-        <v>1300.04</v>
+        <v>93.05</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E63" s="2">
-        <v>69.73</v>
+        <v>7432.22</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>195</v>
+        <v>135</v>
       </c>
       <c r="E64" s="2">
-        <v>32.4</v>
+        <v>243.6</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>198</v>
+        <v>135</v>
       </c>
       <c r="E65" s="2">
-        <v>112.56</v>
+        <v>6394.29</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="E66" s="2">
-        <v>98.19</v>
+        <v>1921.65</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>176</v>
+        <v>196</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E67" s="2">
-        <v>155.77</v>
+        <v>39.42</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="E68" s="2">
-        <v>474.09</v>
+        <v>3047.9</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>209</v>
+        <v>135</v>
       </c>
       <c r="E69" s="2">
-        <v>647.19</v>
+        <v>73</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>211</v>
+        <v>102</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="E70" s="2">
-        <v>476.67</v>
+        <v>1062.23</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E71" s="2">
-        <v>200.04</v>
+        <v>11.44</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="E72" s="2">
-        <v>1099.57</v>
+        <v>639.43</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="E73" s="2">
-        <v>281.7</v>
+        <v>8844.1</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="E74" s="2">
-        <v>117.18</v>
+        <v>195.69</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>224</v>
+        <v>165</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>225</v>
+        <v>166</v>
       </c>
       <c r="E75" s="2">
-        <v>1255.81</v>
+        <v>258.84</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="E76" s="2">
-        <v>331.07</v>
+        <v>6055.54</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="E77" s="2">
-        <v>16402.89</v>
+        <v>55.27</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>234</v>
+        <v>103</v>
       </c>
       <c r="E78" s="2">
-        <v>1069.62</v>
+        <v>2591.09</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>62</v>
+        <v>227</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>236</v>
+        <v>172</v>
       </c>
       <c r="E79" s="2">
-        <v>980.47</v>
+        <v>672.01</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="E80" s="2">
-        <v>4409.59</v>
+        <v>21.83</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>198</v>
+        <v>233</v>
       </c>
       <c r="E81" s="2">
-        <v>72.37</v>
+        <v>3885.46</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="E82" s="2">
-        <v>74.73</v>
+        <v>108.87</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="E83" s="2">
-        <v>1059.81</v>
+        <v>344.74</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E84" s="2">
-        <v>7639.45</v>
+        <v>1633.14</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="E85" s="2">
-        <v>381.74</v>
+        <v>1661.14</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>10</v>
-[...798 lines deleted...]
-      <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3757,72 +2615,32 @@
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
-    <hyperlink ref="F86" r:id="rId86"/>
-[...38 lines deleted...]
-    <hyperlink ref="F125" r:id="rId125"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>