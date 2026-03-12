--- v0 (2026-01-07)
+++ v1 (2026-03-12)
@@ -5,157 +5,103 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="377" uniqueCount="377">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>1502761</t>
-[...2 lines deleted...]
-    <t>WEBER VIVIAN</t>
+    <t>2508297</t>
+  </si>
+  <si>
+    <t>MOORE HELEN M</t>
   </si>
   <si>
     <t>NEW PHIL. SD</t>
   </si>
   <si>
-    <t>340 SE SEA GULL LN</t>
+    <t>493 SE FOURTH ST EXT</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>2508297</t>
-[...16 lines deleted...]
-  <si>
     <t>4300022</t>
   </si>
   <si>
     <t>NEALEY DARLA</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 5</t>
   </si>
   <si>
-    <t>43-00022-000</t>
-[...16 lines deleted...]
-  <si>
     <t>4300063</t>
   </si>
   <si>
     <t>BARTRUG RICHARD &amp; SANDRA</t>
   </si>
   <si>
     <t>228 SE WINDCHASERS LN</t>
   </si>
   <si>
-    <t>43-00080-000</t>
-[...16 lines deleted...]
-  <si>
     <t>43-00307-000</t>
   </si>
   <si>
     <t>LITTLE WILLIAM J &amp; MICHELE NEPSA</t>
   </si>
   <si>
     <t>SW 8TH ST</t>
   </si>
   <si>
     <t>43-00359-000</t>
   </si>
   <si>
     <t>PASCUAL MIGUEL ANDRES &amp; EULALIA JIMENEZ</t>
   </si>
   <si>
     <t>401 NW 5TH ST</t>
   </si>
   <si>
     <t>43-00392-000</t>
   </si>
   <si>
     <t>HILL SHIRLEY L</t>
   </si>
   <si>
     <t>846 SE 2ND ST</t>
@@ -184,104 +130,77 @@
   <si>
     <t>CARDEN KRISTEN</t>
   </si>
   <si>
     <t>114 SE MULBERRY ST</t>
   </si>
   <si>
     <t>4300472</t>
   </si>
   <si>
     <t>RENNICKER BRIAN A &amp; CHANCE A</t>
   </si>
   <si>
     <t>604 NW PATRICIA AVE</t>
   </si>
   <si>
     <t>4300527</t>
   </si>
   <si>
     <t>ROBERSON JIMMIE L</t>
   </si>
   <si>
     <t>126 SE DOLPHIN DR</t>
   </si>
   <si>
-    <t>4300528</t>
-[...7 lines deleted...]
-  <si>
     <t>4300550</t>
   </si>
   <si>
     <t>ROYCE KAREN S</t>
   </si>
   <si>
     <t>201 SE SHEL MAR DR</t>
   </si>
   <si>
-    <t>4300571</t>
-[...7 lines deleted...]
-  <si>
     <t>43-00575-000</t>
   </si>
   <si>
     <t>BREEHL BETTY E</t>
   </si>
   <si>
     <t>SE BANK LN</t>
   </si>
   <si>
     <t>4300626</t>
   </si>
   <si>
     <t>THRONE WESLEY</t>
   </si>
   <si>
     <t>610 NW KAREN AVE</t>
   </si>
   <si>
-    <t>4300628</t>
-[...7 lines deleted...]
-  <si>
     <t>4300709</t>
   </si>
   <si>
     <t>KNEPPELT ETHAN J</t>
   </si>
   <si>
     <t>225 SE SHEL MAR DR</t>
   </si>
   <si>
     <t>4300746</t>
   </si>
   <si>
     <t>CAMPBELL DARYL</t>
   </si>
   <si>
     <t>107 NE DOGWOOD ST</t>
   </si>
   <si>
     <t>43-00779-000</t>
   </si>
   <si>
     <t>LEAVERS JOSEPH H &amp; KORIANNE M</t>
   </si>
   <si>
     <t>136 NE 9TH ST</t>
@@ -292,1172 +211,866 @@
   <si>
     <t>HARTZLER TAYLOR V</t>
   </si>
   <si>
     <t>840 NW MAPLE AVE</t>
   </si>
   <si>
     <t>43-00861-000</t>
   </si>
   <si>
     <t>KALETKA CYNTHIA M</t>
   </si>
   <si>
     <t>222 NE 5TH ST</t>
   </si>
   <si>
     <t>43-00893-000</t>
   </si>
   <si>
     <t>BEAMISH KEITH A &amp; KAYLA L</t>
   </si>
   <si>
     <t>415 NW BELMONT AVE</t>
   </si>
   <si>
-    <t>43-00908-000</t>
-[...7 lines deleted...]
-  <si>
     <t>43-00927-000</t>
   </si>
   <si>
     <t>MATHIAS OTIS D &amp; ALICE K</t>
   </si>
   <si>
     <t>408 SW FRONT AVE</t>
   </si>
   <si>
     <t>43-00931-000</t>
   </si>
   <si>
     <t>COLLINSWORTH SHERRY LEE</t>
   </si>
   <si>
     <t>212 NE BEAVER AVE</t>
   </si>
   <si>
     <t>4301070</t>
   </si>
   <si>
     <t>CARTER JOHN SR</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 28</t>
   </si>
   <si>
-    <t>43-01103-000</t>
-[...7 lines deleted...]
-  <si>
     <t>4301147</t>
   </si>
   <si>
     <t>OHLER JAMES M &amp; KRISTI K</t>
   </si>
   <si>
     <t>837 NW ZELLA AVE</t>
   </si>
   <si>
     <t>4301175</t>
   </si>
   <si>
     <t>GOODWIN OPAL S &amp; EUGENE S SMAIL</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 18</t>
   </si>
   <si>
-    <t>43-01196-000</t>
-[...25 lines deleted...]
-  <si>
     <t>4301387</t>
   </si>
   <si>
     <t>KENNEDY RONALD &amp; LYNN</t>
   </si>
   <si>
     <t>314 SE GULF STREAM LN</t>
   </si>
   <si>
-    <t>43-01426-000</t>
+    <t>4301622</t>
+  </si>
+  <si>
+    <t>LESLIE BRIAN &amp; TINA</t>
+  </si>
+  <si>
+    <t>212 SE MARLIN LN</t>
+  </si>
+  <si>
+    <t>4301665</t>
+  </si>
+  <si>
+    <t>HOWARD KAYLA N</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 33</t>
+  </si>
+  <si>
+    <t>4301733</t>
+  </si>
+  <si>
+    <t>PAISLEY BRANDY N &amp; ZACHARY D</t>
+  </si>
+  <si>
+    <t>609 NW KAREN AVE</t>
+  </si>
+  <si>
+    <t>4301850</t>
+  </si>
+  <si>
+    <t>COLE MARLA</t>
+  </si>
+  <si>
+    <t>803 NW ZELLA AVE</t>
+  </si>
+  <si>
+    <t>43-01875-000</t>
+  </si>
+  <si>
+    <t>TABBUTT KEVIN D</t>
+  </si>
+  <si>
+    <t>224 NW 10TH ST</t>
+  </si>
+  <si>
+    <t>4301899</t>
+  </si>
+  <si>
+    <t>BELL RODNEY E</t>
+  </si>
+  <si>
+    <t>119 SE BIMINI LN</t>
+  </si>
+  <si>
+    <t>4301922</t>
+  </si>
+  <si>
+    <t>RUSK MARY K</t>
+  </si>
+  <si>
+    <t>108 SE MULBERRY ST</t>
+  </si>
+  <si>
+    <t>43-01955-000</t>
+  </si>
+  <si>
+    <t>WALTON EVELYN J</t>
+  </si>
+  <si>
+    <t>357 NW 3RD ST</t>
+  </si>
+  <si>
+    <t>43-02061-000</t>
+  </si>
+  <si>
+    <t>KARR CHRIS</t>
+  </si>
+  <si>
+    <t>113 NW 7TH ST REAR</t>
+  </si>
+  <si>
+    <t>43-02115-000</t>
+  </si>
+  <si>
+    <t>SCOTT CYNTHIA K</t>
+  </si>
+  <si>
+    <t>1023 NW MAPLE AVE</t>
+  </si>
+  <si>
+    <t>43-02143-000</t>
+  </si>
+  <si>
+    <t>HAGLOCH AMY S</t>
+  </si>
+  <si>
+    <t>112 NE 11TH ST</t>
+  </si>
+  <si>
+    <t>4302219</t>
+  </si>
+  <si>
+    <t>STIEBER DAVID</t>
+  </si>
+  <si>
+    <t>121 SE HOLLY ST</t>
+  </si>
+  <si>
+    <t>4302314</t>
+  </si>
+  <si>
+    <t>GRAY REBECCA E</t>
+  </si>
+  <si>
+    <t>819 NW ZELLA AVE</t>
+  </si>
+  <si>
+    <t>43-02319-000</t>
+  </si>
+  <si>
+    <t>HOLLAND MATTHEW W</t>
+  </si>
+  <si>
+    <t>925 NW OAK ST</t>
+  </si>
+  <si>
+    <t>43-02369-000</t>
+  </si>
+  <si>
+    <t>LITTLE WILLIAM &amp; MICHELE NEPSA</t>
+  </si>
+  <si>
+    <t>1436 NW KADERLY ST</t>
+  </si>
+  <si>
+    <t>4302512</t>
+  </si>
+  <si>
+    <t>MCMORROW DIANA L</t>
+  </si>
+  <si>
+    <t>691 SE BALTZLEY VALLEY RD</t>
+  </si>
+  <si>
+    <t>4302518</t>
+  </si>
+  <si>
+    <t>OCHELTREE DOY</t>
+  </si>
+  <si>
+    <t>120 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>4302520</t>
+  </si>
+  <si>
+    <t>HENNEN VIRGINIA L</t>
+  </si>
+  <si>
+    <t>201 SE LIGHTHOUSE PT</t>
+  </si>
+  <si>
+    <t>43-02528-000</t>
+  </si>
+  <si>
+    <t>BALDER ROBERT &amp; RANDY</t>
+  </si>
+  <si>
+    <t>246 SW ST CLAIR AVE</t>
+  </si>
+  <si>
+    <t>43-02534-000</t>
+  </si>
+  <si>
+    <t>DAUGHERTY AMY L</t>
+  </si>
+  <si>
+    <t>203 NE BEAVER AVE</t>
+  </si>
+  <si>
+    <t>4302563</t>
+  </si>
+  <si>
+    <t>DENNEY JUDITH ANN</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 25</t>
+  </si>
+  <si>
+    <t>43-02722-000</t>
+  </si>
+  <si>
+    <t>STARKEY JANALENE G</t>
+  </si>
+  <si>
+    <t>NW ASHWOOD LN</t>
+  </si>
+  <si>
+    <t>4302754</t>
+  </si>
+  <si>
+    <t>ATKINS RUTH</t>
+  </si>
+  <si>
+    <t>211 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>43-02802-000</t>
+  </si>
+  <si>
+    <t>PASSIO JOHNNY V</t>
+  </si>
+  <si>
+    <t>223 N BROADWAY</t>
+  </si>
+  <si>
+    <t>43-02895-000</t>
+  </si>
+  <si>
+    <t>FOSTOR JAYME E</t>
+  </si>
+  <si>
+    <t>451 SW ELLEN AVE</t>
+  </si>
+  <si>
+    <t>43-03018-000</t>
+  </si>
+  <si>
+    <t>ARTHURS KATHLEEN M</t>
+  </si>
+  <si>
+    <t>614 NW 11TH ST</t>
+  </si>
+  <si>
+    <t>4303027</t>
+  </si>
+  <si>
+    <t>MASON THOMAS W &amp; REBECCA L</t>
+  </si>
+  <si>
+    <t>216 SE MARLIN LN</t>
+  </si>
+  <si>
+    <t>43-03175-000</t>
+  </si>
+  <si>
+    <t>GRAHAM RYAN M</t>
+  </si>
+  <si>
+    <t>533 SW FRONT AVE</t>
+  </si>
+  <si>
+    <t>43-03259-000</t>
+  </si>
+  <si>
+    <t>YARGER CARMEN M &amp; CASEY W</t>
+  </si>
+  <si>
+    <t>331 NW 3RD ST</t>
+  </si>
+  <si>
+    <t>4303278</t>
+  </si>
+  <si>
+    <t>KENNEDY RHONDA L</t>
+  </si>
+  <si>
+    <t>142 SE PORT LN</t>
+  </si>
+  <si>
+    <t>4303389</t>
+  </si>
+  <si>
+    <t>DIETER MELODY</t>
+  </si>
+  <si>
+    <t>205 SE PORT LN</t>
+  </si>
+  <si>
+    <t>43-03434-000</t>
+  </si>
+  <si>
+    <t>GERBER SHIRLEY J</t>
+  </si>
+  <si>
+    <t>733 SE 2ND ST</t>
+  </si>
+  <si>
+    <t>43-03456-000</t>
+  </si>
+  <si>
+    <t>SICA LEANDRO BATEN</t>
+  </si>
+  <si>
+    <t>425 SW ST CLAIR AVE</t>
+  </si>
+  <si>
+    <t>43-03473-000</t>
+  </si>
+  <si>
+    <t>BAYS SUE ELLEN</t>
+  </si>
+  <si>
+    <t>936 NW GRANT AVE</t>
+  </si>
+  <si>
+    <t>4303540</t>
+  </si>
+  <si>
+    <t>DOMBROWSKI CODY M</t>
+  </si>
+  <si>
+    <t>603 SE SANDPIPER LN</t>
+  </si>
+  <si>
+    <t>4303699</t>
+  </si>
+  <si>
+    <t>REIGLE LARRY W II</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 23</t>
+  </si>
+  <si>
+    <t>4303785</t>
+  </si>
+  <si>
+    <t>STINGEL DEBRA J</t>
+  </si>
+  <si>
+    <t>128 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>43-03818-000</t>
+  </si>
+  <si>
+    <t>FISHER TARA</t>
+  </si>
+  <si>
+    <t>236 SW 3RD ST</t>
+  </si>
+  <si>
+    <t>4303840</t>
+  </si>
+  <si>
+    <t>EVANS MARY</t>
+  </si>
+  <si>
+    <t>325 SE GULF STREAM LN</t>
+  </si>
+  <si>
+    <t>43-03936-000</t>
+  </si>
+  <si>
+    <t>KUCZIRKA CONNOR ETAL</t>
+  </si>
+  <si>
+    <t>1002 S BROADWAY</t>
+  </si>
+  <si>
+    <t>4304065</t>
+  </si>
+  <si>
+    <t>HAGUE WENDI S</t>
+  </si>
+  <si>
+    <t>329 SE SEA GULL LN</t>
+  </si>
+  <si>
+    <t>4304082</t>
+  </si>
+  <si>
+    <t>JULIAN MELANIE &amp; JARED</t>
+  </si>
+  <si>
+    <t>402 SE COMPASS CIR</t>
+  </si>
+  <si>
+    <t>43-04204-000</t>
+  </si>
+  <si>
+    <t>MARTINELLI HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>119 NE FAIR AVE</t>
+  </si>
+  <si>
+    <t>43-04267-000</t>
+  </si>
+  <si>
+    <t>GOTSHALL JANE</t>
+  </si>
+  <si>
+    <t>715 NW JORDAN DR</t>
+  </si>
+  <si>
+    <t>43-04397-001</t>
+  </si>
+  <si>
+    <t>MCCARTNEY EDITH JOAN</t>
+  </si>
+  <si>
+    <t>SE SECOND ST</t>
+  </si>
+  <si>
+    <t>43-04410-000</t>
+  </si>
+  <si>
+    <t>HILL DAVID A</t>
+  </si>
+  <si>
+    <t>138 NE 2ND ST</t>
+  </si>
+  <si>
+    <t>43-04416-000</t>
+  </si>
+  <si>
+    <t>EVANS LINDA</t>
+  </si>
+  <si>
+    <t>1016 NW UNION AVE</t>
+  </si>
+  <si>
+    <t>4304627</t>
+  </si>
+  <si>
+    <t>MILLER CAMERON J</t>
+  </si>
+  <si>
+    <t>400 SE COMPASS CIR</t>
+  </si>
+  <si>
+    <t>43-04651-000</t>
+  </si>
+  <si>
+    <t>SMAKULA PETER C</t>
+  </si>
+  <si>
+    <t>331 SE COMMERCIAL AVE</t>
+  </si>
+  <si>
+    <t>43-04660-000</t>
+  </si>
+  <si>
+    <t>BUEHLER RUSSELL</t>
+  </si>
+  <si>
+    <t>341 NE CEDAR LN</t>
+  </si>
+  <si>
+    <t>4304788</t>
+  </si>
+  <si>
+    <t>FRY EDWARD A</t>
+  </si>
+  <si>
+    <t>119 SE GULF STREAM LN</t>
+  </si>
+  <si>
+    <t>43-04866-000</t>
+  </si>
+  <si>
+    <t>SETTHAPONGWARA PIMLAPHA</t>
+  </si>
+  <si>
+    <t>152 NE NORTH AVE</t>
+  </si>
+  <si>
+    <t>4304986</t>
+  </si>
+  <si>
+    <t>BERKSHIRE WAYNE D</t>
+  </si>
+  <si>
+    <t>114 SE BIMINI LN</t>
+  </si>
+  <si>
+    <t>43-05016-000</t>
+  </si>
+  <si>
+    <t>CRAIG VIRGINIA L</t>
+  </si>
+  <si>
+    <t>743 NW RAY AVE</t>
+  </si>
+  <si>
+    <t>4305109</t>
+  </si>
+  <si>
+    <t>KERNS ANNETTE M</t>
+  </si>
+  <si>
+    <t>215 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>43-05207-000</t>
+  </si>
+  <si>
+    <t>TURNEY MAUREEN ELIZABETH</t>
+  </si>
+  <si>
+    <t>232 NE 6TH ST</t>
+  </si>
+  <si>
+    <t>4305249</t>
+  </si>
+  <si>
+    <t>HAGUE EMILY</t>
+  </si>
+  <si>
+    <t>124 SE MAKO CIR</t>
+  </si>
+  <si>
+    <t>4305268</t>
+  </si>
+  <si>
+    <t>BRANIGER SUSAN E</t>
+  </si>
+  <si>
+    <t>134 SE BIMINI LN</t>
+  </si>
+  <si>
+    <t>43-05270-000</t>
+  </si>
+  <si>
+    <t>MELTON FAMILY LLC</t>
+  </si>
+  <si>
+    <t>119 W HIGH AVE</t>
+  </si>
+  <si>
+    <t>4305293</t>
+  </si>
+  <si>
+    <t>SANCHEZ RAUL</t>
+  </si>
+  <si>
+    <t>607 SE SANDPIPER LN</t>
+  </si>
+  <si>
+    <t>43-05403-000</t>
+  </si>
+  <si>
+    <t>743 NW RAY AVE REAR</t>
+  </si>
+  <si>
+    <t>43-05405-000</t>
+  </si>
+  <si>
+    <t>VON KAENEL RONALD R &amp; GERALD P VON KAENEL ETAL</t>
+  </si>
+  <si>
+    <t>7 MILE DR</t>
+  </si>
+  <si>
+    <t>43-05406-000</t>
+  </si>
+  <si>
+    <t>VOSHALL CHARLES</t>
+  </si>
+  <si>
+    <t>314 SE CHURCH AVE</t>
+  </si>
+  <si>
+    <t>43-05472-000</t>
+  </si>
+  <si>
+    <t>CARPENTER GREGORY D &amp; TRACY J</t>
+  </si>
+  <si>
+    <t>303 NE RAY AVE</t>
+  </si>
+  <si>
+    <t>43-05538-000</t>
+  </si>
+  <si>
+    <t>SCHAAR CHRISTINE E</t>
+  </si>
+  <si>
+    <t>276 NW GRANDVIEW AVE</t>
+  </si>
+  <si>
+    <t>43-05561-000</t>
+  </si>
+  <si>
+    <t>WEBSTER EUGENE H JR &amp; SUSAN E</t>
+  </si>
+  <si>
+    <t>415 SE PROVIDENCE AVE</t>
+  </si>
+  <si>
+    <t>43-05733-000</t>
+  </si>
+  <si>
+    <t>PRITZ AMY J</t>
+  </si>
+  <si>
+    <t>717 NW 4TH ST</t>
+  </si>
+  <si>
+    <t>43-05793-000</t>
+  </si>
+  <si>
+    <t>PATTERSON SHAWN M</t>
+  </si>
+  <si>
+    <t>754 NW RAY AVE</t>
+  </si>
+  <si>
+    <t>43-05949-000</t>
+  </si>
+  <si>
+    <t>PARSONS TROY A &amp; SUSAN E</t>
+  </si>
+  <si>
+    <t>224 SW 3RD ST</t>
+  </si>
+  <si>
+    <t>43-06051-000</t>
+  </si>
+  <si>
+    <t>ST. GEORGE TERRY L &amp; GREER E LLEWELLYN</t>
+  </si>
+  <si>
+    <t>1030 NW PROSPECT ST</t>
+  </si>
+  <si>
+    <t>43-06438-000</t>
+  </si>
+  <si>
+    <t>HREN JODOTHA K</t>
+  </si>
+  <si>
+    <t>256 NE 5TH ST</t>
+  </si>
+  <si>
+    <t>43-06662-000</t>
+  </si>
+  <si>
+    <t>NEW PHILA HOSPITALITY, LLC</t>
+  </si>
+  <si>
+    <t>1299 W HIGH AVE</t>
+  </si>
+  <si>
+    <t>4306813</t>
+  </si>
+  <si>
+    <t>STEPHENS LINDA M</t>
+  </si>
+  <si>
+    <t>823 NW ZELLA AVE</t>
+  </si>
+  <si>
+    <t>4306824</t>
+  </si>
+  <si>
+    <t>MOORE JAMES</t>
+  </si>
+  <si>
+    <t>612 NW KAREN AVE</t>
+  </si>
+  <si>
+    <t>4307060</t>
+  </si>
+  <si>
+    <t>STEIN KENNETH W &amp; PATRICIA A</t>
+  </si>
+  <si>
+    <t>114 SE HOLLY ST</t>
+  </si>
+  <si>
+    <t>43-07076-000</t>
+  </si>
+  <si>
+    <t>GINTZ MALTERER MERCADO LOREEN R &amp; GEORGE MERCADO</t>
+  </si>
+  <si>
+    <t>463 SW ROSCH CT</t>
+  </si>
+  <si>
+    <t>4307156</t>
+  </si>
+  <si>
+    <t>MOSS CRAIG E &amp; MELODY L ADAMS</t>
+  </si>
+  <si>
+    <t>613 NW PATRICIA AVE</t>
+  </si>
+  <si>
+    <t>4307290</t>
+  </si>
+  <si>
+    <t>KRESE WILLIAM</t>
+  </si>
+  <si>
+    <t>853 NW ZELLA AVE</t>
+  </si>
+  <si>
+    <t>43-07587-006</t>
+  </si>
+  <si>
+    <t>NEW TOWNE MALL REALTY HOLDING LLC</t>
+  </si>
+  <si>
+    <t>SE GRAFF RD</t>
+  </si>
+  <si>
+    <t>43-07588-002</t>
+  </si>
+  <si>
+    <t>502 SE GRAFF RD</t>
+  </si>
+  <si>
+    <t>43-07588-004</t>
+  </si>
+  <si>
+    <t>43-07607-000</t>
   </si>
   <si>
     <t>WALLICK MATT E</t>
   </si>
   <si>
-    <t>749 S BROADWAY</t>
-[...967 lines deleted...]
-  <si>
     <t>218 SW CHURCH AVE</t>
   </si>
   <si>
     <t>43-07744-000</t>
   </si>
   <si>
     <t>SCHOENBRUNN ESTATES INC</t>
   </si>
   <si>
     <t>NE 18TH ST</t>
   </si>
   <si>
     <t>43-07756-000</t>
   </si>
   <si>
     <t>NEPSA MICHELE A</t>
   </si>
   <si>
     <t>1630 NE HICKS AVE</t>
   </si>
   <si>
     <t>43-07805-001</t>
   </si>
   <si>
     <t>MCDONALD-NIKLAUS JODY ETAL</t>
   </si>
   <si>
     <t>219 NW CHAUNCEY AVE</t>
   </si>
   <si>
     <t>43-07849-001</t>
   </si>
   <si>
     <t>GRECO RAY AVENUE PROPERTY LLC</t>
   </si>
   <si>
     <t>1154 NW RAY AVE</t>
   </si>
   <si>
-    <t>4307861</t>
-[...7 lines deleted...]
-  <si>
     <t>43-07926-000</t>
   </si>
   <si>
     <t>WATSON BROTHERS CONSTRUCTION INC</t>
   </si>
   <si>
     <t>SE 3RD ST</t>
   </si>
   <si>
     <t>4307984</t>
   </si>
   <si>
     <t>MECHELKE BRIAN &amp; LOUISE</t>
   </si>
   <si>
     <t>110 SE STINGRAY DR</t>
   </si>
   <si>
     <t>4308066</t>
   </si>
   <si>
     <t>METZGER KATLYNN M</t>
   </si>
   <si>
     <t>115 SE DOGWOOD ST</t>
@@ -1501,51 +1114,51 @@
   <si>
     <t>2201 SE REISER AVE</t>
   </si>
   <si>
     <t>43-08365-000</t>
   </si>
   <si>
     <t>HALL RICHARD</t>
   </si>
   <si>
     <t>SW 4TH ST</t>
   </si>
   <si>
     <t>43-08389-000</t>
   </si>
   <si>
     <t>SWEANY ERIC JAY &amp; HELEN M</t>
   </si>
   <si>
     <t>357 NW 2ND DR</t>
   </si>
   <si>
     <t>4308680</t>
   </si>
   <si>
-    <t>FOX KAYCEE</t>
+    <t>RKW MOBILE HOMES</t>
   </si>
   <si>
     <t>206 SE DRIFTWOOD LN</t>
   </si>
   <si>
     <t>4308757</t>
   </si>
   <si>
     <t>JOHNSON SUSAN H</t>
   </si>
   <si>
     <t>117 SE SEA GULL LN</t>
   </si>
   <si>
     <t>4807300</t>
   </si>
   <si>
     <t>COTTRELL GREGORY E</t>
   </si>
   <si>
     <t>4057 DUTCH VALLEY RD SE</t>
   </si>
 </sst>
 </file>
 
@@ -1576,3520 +1189,2640 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F172" headerRowCount="1">
-  <autoFilter ref="A1:F172"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F128" headerRowCount="1">
+  <autoFilter ref="A1:F128"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35203&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73249&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73255&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73396&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=76927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=67133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42201&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42576&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=71072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=76344&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73679&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73249&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=74322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=36976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=37969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=38933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=39892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=40970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=41766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=67133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42201&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42576&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=42941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=71072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=43423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=76344&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=73679&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F172"/>
+  <dimension ref="A1:F128"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="55.23411178588867" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="25.989795684814453" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>248.24</v>
+        <v>1661.29</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>1661.29</v>
+        <v>465.55</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>354.51</v>
+        <v>123.26</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>465.55</v>
+        <v>29.12</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>399.44</v>
+        <v>77.47</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>680.47</v>
+        <v>834.63</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>123.26</v>
+        <v>2857.66</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>660.6</v>
+        <v>1860</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>58.59</v>
+        <v>33.18</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>29.12</v>
+        <v>198.49</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>77.47</v>
+        <v>186.65</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>984.63</v>
+        <v>2575.94</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>2857.66</v>
+        <v>185.96</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>1860</v>
+        <v>62.15</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>33.18</v>
+        <v>165.52</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>198.49</v>
+        <v>22.34</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>186.65</v>
+        <v>104.76</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>29.96</v>
+        <v>82.11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>2575.94</v>
+        <v>1379.51</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>64.31</v>
+        <v>184.71</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>185.96</v>
+        <v>15572.94</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>62.15</v>
+        <v>16229.53</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>28.44</v>
+        <v>642.72</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>165.52</v>
+        <v>470.95</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>22.34</v>
+        <v>232.87</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>104.76</v>
+        <v>33.82</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>756.77</v>
+        <v>80.61</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>1379.51</v>
+        <v>25.47</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>184.71</v>
+        <v>26.55</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>728.62</v>
+        <v>125.59</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>15572.94</v>
+        <v>1739.46</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>16229.53</v>
+        <v>193.03</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="2">
-        <v>642.72</v>
+        <v>50.61</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="2">
-        <v>50.21</v>
+        <v>365.58</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="2">
-        <v>470.95</v>
+        <v>489.94</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="2">
-        <v>232.87</v>
+        <v>393.36</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="2">
-        <v>1237.89</v>
+        <v>271.32</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="2">
-        <v>449.22</v>
+        <v>691.49</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="2">
-        <v>301.92</v>
+        <v>600.33</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="2">
-        <v>33.82</v>
+        <v>386.33</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E42" s="2">
-        <v>636.63</v>
+        <v>81.23</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E43" s="2">
-        <v>80.61</v>
+        <v>240.3</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="2">
-        <v>25.47</v>
+        <v>85.38</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="2">
-        <v>26.55</v>
+        <v>94.31</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="2">
-        <v>94.8</v>
+        <v>85.94</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E47" s="2">
-        <v>2044.41</v>
+        <v>2524.91</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="2">
-        <v>125.59</v>
+        <v>61.13</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E49" s="2">
-        <v>1739.46</v>
+        <v>172.27</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="2">
-        <v>193.03</v>
+        <v>71.78</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E51" s="2">
-        <v>50.61</v>
+        <v>1370.26</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E52" s="2">
-        <v>332.34</v>
+        <v>81.15</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="2">
-        <v>489.94</v>
+        <v>659.56</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E54" s="2">
-        <v>393.36</v>
+        <v>90.06</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E55" s="2">
-        <v>421.32</v>
+        <v>253.95</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E56" s="2">
-        <v>11905.24</v>
+        <v>352.29</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>175</v>
       </c>
       <c r="E57" s="2">
-        <v>691.49</v>
+        <v>448.86</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E58" s="2">
-        <v>329.44</v>
+        <v>91.17</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E59" s="2">
-        <v>61.41</v>
+        <v>981.47</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E60" s="2">
-        <v>600.33</v>
+        <v>85.94</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="2">
-        <v>386.33</v>
+        <v>2797.18</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>190</v>
       </c>
       <c r="E62" s="2">
-        <v>81.23</v>
+        <v>163.47</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E63" s="2">
-        <v>240.3</v>
+        <v>72.2</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>196</v>
       </c>
       <c r="E64" s="2">
-        <v>85.38</v>
+        <v>902.21</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>199</v>
       </c>
       <c r="E65" s="2">
-        <v>94.31</v>
+        <v>345.66</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E66" s="2">
-        <v>78.12</v>
+        <v>90.8</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>205</v>
       </c>
       <c r="E67" s="2">
-        <v>2524.91</v>
+        <v>1230.38</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>208</v>
       </c>
       <c r="E68" s="2">
-        <v>61.13</v>
+        <v>1216.46</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E69" s="2">
-        <v>95.23</v>
+        <v>440.38</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E70" s="2">
-        <v>336.68</v>
+        <v>2850.31</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>144</v>
+        <v>216</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E71" s="2">
-        <v>633.62</v>
+        <v>832.72</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E72" s="2">
-        <v>2052.22</v>
+        <v>468.42</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E73" s="2">
-        <v>172.27</v>
+        <v>852.5</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E74" s="2">
-        <v>71.78</v>
+        <v>888.69</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E75" s="2">
-        <v>1370.26</v>
+        <v>240.24</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E76" s="2">
-        <v>81.15</v>
+        <v>1553.24</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E77" s="2">
-        <v>659.56</v>
+        <v>78.97</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E78" s="2">
-        <v>90.06</v>
+        <v>2135.66</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E79" s="2">
-        <v>109.68</v>
+        <v>1538.21</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E80" s="2">
-        <v>645.23</v>
+        <v>1573.71</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E81" s="2">
-        <v>253.95</v>
+        <v>10123.05</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E82" s="2">
-        <v>320.27</v>
+        <v>904.12</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E83" s="2">
-        <v>448.86</v>
+        <v>305.06</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E84" s="2">
-        <v>91.17</v>
+        <v>4154.46</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E85" s="2">
-        <v>948.67</v>
+        <v>814.56</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E86" s="2">
-        <v>78.12</v>
+        <v>2682.1</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E87" s="2">
-        <v>2797.18</v>
+        <v>530.33</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>267</v>
       </c>
       <c r="E88" s="2">
-        <v>163.47</v>
+        <v>325.16</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>270</v>
       </c>
       <c r="E89" s="2">
-        <v>174.45</v>
+        <v>1632.91</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>273</v>
       </c>
       <c r="E90" s="2">
-        <v>125.81</v>
+        <v>97.34</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>276</v>
       </c>
       <c r="E91" s="2">
-        <v>159.17</v>
+        <v>2143.62</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>279</v>
       </c>
       <c r="E92" s="2">
-        <v>72.2</v>
+        <v>1684.16</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>280</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E93" s="2">
-        <v>902.21</v>
+        <v>4379.77</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>285</v>
       </c>
       <c r="E94" s="2">
-        <v>345.66</v>
+        <v>6144.07</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>286</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>288</v>
       </c>
       <c r="E95" s="2">
-        <v>90.8</v>
+        <v>2429.04</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>291</v>
       </c>
       <c r="E96" s="2">
-        <v>1230.38</v>
+        <v>1512.24</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>294</v>
       </c>
       <c r="E97" s="2">
-        <v>5572.71</v>
+        <v>76.36</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>297</v>
       </c>
       <c r="E98" s="2">
-        <v>1216.46</v>
+        <v>89.74</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>300</v>
       </c>
       <c r="E99" s="2">
-        <v>440.38</v>
+        <v>37022.8</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>302</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>303</v>
       </c>
       <c r="E100" s="2">
-        <v>2850.31</v>
+        <v>17</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>305</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>306</v>
       </c>
       <c r="E101" s="2">
-        <v>832.72</v>
+        <v>452.03</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>309</v>
       </c>
       <c r="E102" s="2">
-        <v>340.87</v>
+        <v>68.29</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>312</v>
       </c>
       <c r="E103" s="2">
-        <v>757.76</v>
+        <v>780.07</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>315</v>
       </c>
       <c r="E104" s="2">
-        <v>1525.11</v>
+        <v>200.11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>318</v>
       </c>
       <c r="E105" s="2">
-        <v>468.42</v>
+        <v>224.45</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>321</v>
       </c>
       <c r="E106" s="2">
-        <v>852.5</v>
+        <v>26.28</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B107" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="C107" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" s="2">
-        <v>888.69</v>
+        <v>749.47</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="E108" s="2">
-        <v>78.12</v>
+        <v>1688.32</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="E109" s="2">
-        <v>240.24</v>
+        <v>3107.53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="E110" s="2">
-        <v>1553.24</v>
+        <v>1178.77</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="E111" s="2">
-        <v>71.79</v>
+        <v>122.97</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="E112" s="2">
-        <v>304.62</v>
+        <v>164.39</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="E113" s="2">
-        <v>2135.66</v>
+        <v>1256.02</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="E114" s="2">
-        <v>1538.21</v>
+        <v>226.43</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>218</v>
+        <v>344</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="E115" s="2">
-        <v>268.72</v>
+        <v>10703.41</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="B116" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E116" s="2">
-        <v>1573.71</v>
+        <v>39.88</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>352</v>
+        <v>114</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="E117" s="2">
-        <v>2001.79</v>
+        <v>2053.33</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>355</v>
+        <v>162</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E118" s="2">
-        <v>10000.23</v>
+        <v>15.11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>358</v>
+        <v>320</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="E119" s="2">
-        <v>904.12</v>
+        <v>13227.03</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>361</v>
+        <v>320</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="E120" s="2">
-        <v>605.06</v>
+        <v>51</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>364</v>
+        <v>320</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="E121" s="2">
-        <v>4154.46</v>
+        <v>151.6</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>367</v>
+        <v>320</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="E122" s="2">
-        <v>814.56</v>
+        <v>16172</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="E123" s="2">
-        <v>2682.1</v>
+        <v>502924.4</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="E124" s="2">
-        <v>530.33</v>
+        <v>226.43</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="E125" s="2">
-        <v>325.16</v>
+        <v>801.96</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="E126" s="2">
-        <v>1632.91</v>
+        <v>1898.89</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="E127" s="2">
-        <v>97.34</v>
+        <v>1280.76</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>384</v>
+        <v>375</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="E128" s="2">
-        <v>359.52</v>
+        <v>1070.76</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>10</v>
-[...878 lines deleted...]
-      <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5178,76 +3911,32 @@
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
     <hyperlink ref="F119" r:id="rId119"/>
     <hyperlink ref="F120" r:id="rId120"/>
     <hyperlink ref="F121" r:id="rId121"/>
     <hyperlink ref="F122" r:id="rId122"/>
     <hyperlink ref="F123" r:id="rId123"/>
     <hyperlink ref="F124" r:id="rId124"/>
     <hyperlink ref="F125" r:id="rId125"/>
     <hyperlink ref="F126" r:id="rId126"/>
     <hyperlink ref="F127" r:id="rId127"/>
     <hyperlink ref="F128" r:id="rId128"/>
-    <hyperlink ref="F129" r:id="rId129"/>
-[...42 lines deleted...]
-    <hyperlink ref="F172" r:id="rId172"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>