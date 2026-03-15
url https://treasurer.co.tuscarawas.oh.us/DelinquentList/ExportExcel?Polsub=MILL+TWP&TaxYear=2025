--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="334">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>39-00006-000</t>
   </si>
   <si>
     <t>ADDLEMAN ENOS EMMERSON</t>
   </si>
   <si>
@@ -58,269 +58,197 @@
   <si>
     <t>7910 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>39-00041-000</t>
   </si>
   <si>
     <t>ARTER ADRIAN</t>
   </si>
   <si>
     <t>4668 SE GATCHELL RD</t>
   </si>
   <si>
     <t>39-00046-000</t>
   </si>
   <si>
     <t>LAW DENVER E III</t>
   </si>
   <si>
     <t>7954 SE STATE ROUTE 800</t>
   </si>
   <si>
-    <t>39-00057-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00085-000</t>
   </si>
   <si>
     <t>BLAKE JOHN</t>
   </si>
   <si>
     <t>N WARDELL ST REAR</t>
   </si>
   <si>
     <t>39-00129-000</t>
   </si>
   <si>
     <t>LEEPER SHELLY D</t>
   </si>
   <si>
     <t>6150 SE CLAY CITY DR</t>
   </si>
   <si>
     <t>39-00131-000</t>
   </si>
   <si>
     <t>CARSON HATTIE &amp; ELLA C VIRTUE</t>
   </si>
   <si>
     <t xml:space="preserve">STATE ROUTE 36  REAR</t>
   </si>
   <si>
-    <t>39-00135-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00145-000</t>
   </si>
   <si>
     <t>ROSE PAMALA - TTEE OF THE PAMALA A ROSE TRUST</t>
   </si>
   <si>
     <t>6762 SE SUPERIOR RD</t>
   </si>
   <si>
     <t>39-00156-000</t>
   </si>
   <si>
     <t>SMITLEY LORI L</t>
   </si>
   <si>
     <t>7507 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>39-00187-000</t>
   </si>
   <si>
     <t>MCGILL BEATRICE EILEEN</t>
   </si>
   <si>
     <t>4778 SE MAPLE GROVE RD</t>
   </si>
   <si>
     <t>39-00197-000</t>
   </si>
   <si>
     <t>NEWPORT PROPERTY MANAGEMENT, LLC</t>
   </si>
   <si>
     <t>6308 SE NEWPORT LN</t>
   </si>
   <si>
-    <t>39-00211-001</t>
-[...16 lines deleted...]
-  <si>
     <t>39-00267-005</t>
   </si>
   <si>
     <t>SECRETARY OF HOUSING &amp; URBAN DEVELOPMENT</t>
   </si>
   <si>
     <t>SE WOLFORD RD</t>
   </si>
   <si>
     <t>39-00267-006</t>
   </si>
   <si>
-    <t>39-00277-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00292-000</t>
   </si>
   <si>
     <t>MENEFEE DAWNIELLE L &amp; XANDRAKKAN BENEDUM</t>
   </si>
   <si>
     <t>7993 SE WATERWORKS HILL RD</t>
   </si>
   <si>
     <t>39-00311-000</t>
   </si>
   <si>
     <t>GATCHELL DAVID</t>
   </si>
   <si>
     <t>6939 SE MORAVIAN TRAIL RD</t>
   </si>
   <si>
-    <t>39-00328-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00400-000</t>
   </si>
   <si>
     <t>MASSEY PAUL R</t>
   </si>
   <si>
     <t>7378 SE WARDELL HOLLOW RD</t>
   </si>
   <si>
     <t>39-00400-002</t>
   </si>
   <si>
     <t>SE WARDELL HOLLOW RD</t>
   </si>
   <si>
     <t>39-00400-003</t>
   </si>
   <si>
     <t>MASSEY PATRICK &amp; DENIECE</t>
   </si>
   <si>
     <t>39-00424-000</t>
   </si>
   <si>
     <t>ERICKSON CHASE D</t>
   </si>
   <si>
     <t>SE MAPLE GROVE RD</t>
   </si>
   <si>
-    <t>39-00523-003</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00525-005</t>
   </si>
   <si>
     <t>TARLETON JOHN B &amp; JEAN M</t>
   </si>
   <si>
     <t>39-00533-000</t>
   </si>
   <si>
     <t>LEHIGH ELMIRA</t>
   </si>
   <si>
     <t>SE MORAVIAN TRAIL RD</t>
   </si>
   <si>
     <t>39-00551-000</t>
   </si>
   <si>
     <t>PAGE TINA M &amp; LEROY E</t>
   </si>
   <si>
     <t>SE DEERSVILLE AVE</t>
   </si>
   <si>
-    <t>39-00557-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00579-000</t>
   </si>
   <si>
     <t>M&amp;S BROKEN ROAD, LLC</t>
   </si>
   <si>
     <t>7974 SE NEWPORT RD</t>
   </si>
   <si>
     <t>39-00603-000</t>
   </si>
   <si>
     <t>JOHNS JOHNETTA &amp; CHRIS BEITZEL</t>
   </si>
   <si>
     <t>7231 SE DEERSVILLE AV EXT</t>
   </si>
   <si>
     <t>39-00605-000</t>
   </si>
   <si>
     <t>MCCAULEY HOWARD E &amp; HAZEL D</t>
   </si>
   <si>
     <t/>
@@ -337,371 +265,224 @@
   <si>
     <t>39-00645-000</t>
   </si>
   <si>
     <t>FERRELL JON S</t>
   </si>
   <si>
     <t>7211 SE WATERWORKS HILL RD</t>
   </si>
   <si>
     <t>39-00703-001</t>
   </si>
   <si>
     <t>BAKER DONALD ARTHUR &amp; KARRIE ELIZABETH</t>
   </si>
   <si>
     <t>7701 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>39-00838-000</t>
   </si>
   <si>
     <t>WATER ST EXT</t>
   </si>
   <si>
-    <t>39-00870-001</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00882-000</t>
   </si>
   <si>
     <t>PATTERSON DONNA J</t>
   </si>
   <si>
     <t>7705 SE KILPATRICK RD</t>
   </si>
   <si>
     <t>39-00922-000</t>
   </si>
   <si>
     <t>KAIL MARK A</t>
   </si>
   <si>
     <t>6868 SE WARDELL HOLLOW RD</t>
   </si>
   <si>
-    <t>39-00928-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-00941-004</t>
   </si>
   <si>
     <t>M&amp;S BROKEN ROAD LLC</t>
   </si>
   <si>
-    <t>39-00971-000</t>
-[...7 lines deleted...]
-  <si>
     <t>3901091</t>
   </si>
   <si>
     <t>LEEPER AMY C</t>
   </si>
   <si>
     <t>8666 SE LATTO RD</t>
   </si>
   <si>
     <t>3901151</t>
   </si>
   <si>
     <t>SOMMERS TINA M</t>
   </si>
   <si>
     <t>8083 SE NEWPORT RD</t>
   </si>
   <si>
     <t>39-01309-000</t>
   </si>
   <si>
     <t>VILLWOCK KENNETH L &amp; NICOLE M</t>
   </si>
   <si>
     <t>6406 SE EDIE HILL RD</t>
   </si>
   <si>
-    <t>39-01317-000</t>
-[...7 lines deleted...]
-  <si>
     <t>3901464</t>
   </si>
   <si>
     <t>39-01552-001</t>
   </si>
   <si>
     <t>MCCLUSKEY JONAHTAN D &amp; STEPHANIE R</t>
   </si>
   <si>
     <t>SE STATE ROUTE 800</t>
   </si>
   <si>
-    <t>39-01559-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-01788-000</t>
   </si>
   <si>
     <t>HAMILTON JOSEPH L &amp; JENNIE</t>
   </si>
   <si>
     <t>SE WATERWORKS HILL RD</t>
   </si>
   <si>
     <t>39-01838-000</t>
   </si>
   <si>
     <t>DUNCAN THOMAS B</t>
   </si>
   <si>
     <t>6033 SE WOLFORD RD</t>
   </si>
   <si>
-    <t>39-01852-001</t>
-[...7 lines deleted...]
-  <si>
     <t>39-01852-008</t>
   </si>
   <si>
     <t>HOGUE PHILLIP S</t>
   </si>
   <si>
     <t>SE TRACY RD</t>
   </si>
   <si>
-    <t>39-01924-001</t>
-[...7 lines deleted...]
-  <si>
     <t>39-01925-001</t>
   </si>
   <si>
     <t>PATTERSON JERRY A - TRUSTEE ZACHERY G JONES</t>
   </si>
   <si>
     <t>MORAVIAN RD</t>
   </si>
   <si>
     <t>39-01970-000</t>
   </si>
   <si>
     <t>LUTZ MRS M S FREDDIE &amp; 2 OTHERS</t>
   </si>
   <si>
     <t>SE EASTPORT RD</t>
   </si>
   <si>
-    <t>39-01972-001</t>
-[...7 lines deleted...]
-  <si>
     <t>39-01987-000</t>
   </si>
   <si>
     <t>BURRIER NORMAN B &amp; SHARON</t>
   </si>
   <si>
     <t>2996 SE EASTPORT RD</t>
   </si>
   <si>
     <t>39-02022-000</t>
   </si>
   <si>
     <t>CONLEY DAVID P</t>
   </si>
   <si>
     <t>7318 SE MORAVIAN TRAIL RD</t>
   </si>
   <si>
     <t>39-02023-001</t>
   </si>
   <si>
     <t>TRIPLETT WENDY M</t>
   </si>
   <si>
     <t>7408 MORAVIAN TRAIL RD</t>
   </si>
   <si>
-    <t>39-02057-000</t>
-[...7 lines deleted...]
-  <si>
     <t>39-02087-000</t>
   </si>
   <si>
     <t>ROSE VERA &amp; RONALD</t>
   </si>
   <si>
-    <t>39-02102-002</t>
-[...28 lines deleted...]
-  <si>
     <t>39-02104-003</t>
   </si>
   <si>
     <t>HERRON CADEN &amp; SHELBY</t>
   </si>
   <si>
     <t>7851 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>39-02104-004</t>
   </si>
   <si>
     <t>7853 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>39-02114-000</t>
   </si>
   <si>
     <t>OWEN GARY D &amp; LORA</t>
   </si>
   <si>
     <t>7769 SE TRACY RD</t>
   </si>
   <si>
     <t>39-02114-002</t>
   </si>
   <si>
     <t>OWEN GARY D &amp; LORA ANN</t>
   </si>
   <si>
     <t>7731 SE TRACY RD</t>
   </si>
   <si>
-    <t>39-02124-017</t>
-[...34 lines deleted...]
-  <si>
     <t>39-02125-001</t>
   </si>
   <si>
     <t>GRANDISON KELLY D</t>
   </si>
   <si>
     <t>3318 SE EASTPORT RD</t>
   </si>
   <si>
     <t>39-02133-000</t>
   </si>
   <si>
     <t>GRANDISON ASHLEY MARIE &amp; SHANE EUGENE FIESTER</t>
   </si>
   <si>
     <t>6844 SE MOORES RIDGE RD</t>
   </si>
   <si>
     <t>3902213</t>
   </si>
   <si>
     <t>COEN REBECCA L</t>
   </si>
   <si>
     <t>9436 SE MT BETHEL RD</t>
@@ -775,173 +556,113 @@
   <si>
     <t>3906519</t>
   </si>
   <si>
     <t>MASSEY PAUL ROYCE</t>
   </si>
   <si>
     <t>3907532</t>
   </si>
   <si>
     <t>REYNOLDS ROBERT &amp; RHONDA</t>
   </si>
   <si>
     <t>6415 SE NEWPORT LN</t>
   </si>
   <si>
     <t>3907875</t>
   </si>
   <si>
     <t>LORENZ DIANA E</t>
   </si>
   <si>
     <t>4786 SE GATCHELL RD</t>
   </si>
   <si>
-    <t>3908300</t>
-[...4 lines deleted...]
-  <si>
     <t>3908961</t>
   </si>
   <si>
     <t>ROYER MICHAEL D</t>
   </si>
   <si>
     <t>3837 SE EASTPORT RD</t>
   </si>
   <si>
     <t>4102056</t>
   </si>
   <si>
     <t>COOL ROBERT F</t>
   </si>
   <si>
     <t>517 E 2ND ST</t>
   </si>
   <si>
-    <t>42-00015-000</t>
-[...7 lines deleted...]
-  <si>
     <t>42-00036-000</t>
   </si>
   <si>
     <t>MITCHELL BRANDON &amp; DUSTY</t>
   </si>
   <si>
     <t>626 N 3RD ST</t>
   </si>
   <si>
-    <t>42-00046-000</t>
-[...7 lines deleted...]
-  <si>
     <t>42-00073-000</t>
   </si>
   <si>
     <t>SWIGERT MITCH</t>
   </si>
   <si>
     <t>606 GRANT ST</t>
   </si>
   <si>
     <t>42-00086-000</t>
   </si>
   <si>
     <t>STIFFLER MICHELE</t>
   </si>
   <si>
     <t>118 JEWETT AVE</t>
   </si>
   <si>
-    <t>42-00094-000</t>
-[...25 lines deleted...]
-  <si>
     <t>42-00175-000</t>
   </si>
   <si>
     <t>PANGRAZIO CYNTHIA L</t>
   </si>
   <si>
     <t>120 N 2ND ST</t>
   </si>
   <si>
     <t>42-00204-000</t>
   </si>
   <si>
     <t>ROTH III EMMETT FRANKLIN</t>
   </si>
   <si>
     <t>211 S 6TH ST</t>
   </si>
   <si>
-    <t>42-00205-001</t>
-[...7 lines deleted...]
-  <si>
     <t>42-00225-000</t>
   </si>
   <si>
     <t>LEEPER GEORGE II &amp; AMANDA S</t>
   </si>
   <si>
     <t>312 SHERMAN ST</t>
   </si>
   <si>
     <t>42-00227-000</t>
   </si>
   <si>
     <t>WELLS TERRY L</t>
   </si>
   <si>
     <t>704 N 1ST ST</t>
   </si>
   <si>
     <t>42-00228-000</t>
   </si>
   <si>
     <t>N 1ST ST</t>
   </si>
   <si>
     <t>42-00269-000</t>
@@ -967,86 +688,68 @@
   <si>
     <t>GROVE JACK &amp; SHARON</t>
   </si>
   <si>
     <t>308 WOODLAND AVE</t>
   </si>
   <si>
     <t>42-00426-000</t>
   </si>
   <si>
     <t>GUBISH MICHAEL J</t>
   </si>
   <si>
     <t>411 SHERMAN ST</t>
   </si>
   <si>
     <t>42-00441-000</t>
   </si>
   <si>
     <t>MALTER DIXIE D</t>
   </si>
   <si>
     <t>205 MCCREA AVE</t>
   </si>
   <si>
-    <t>42-00495-000</t>
-[...7 lines deleted...]
-  <si>
     <t>42-00522-000</t>
   </si>
   <si>
     <t>COX LARRY R II &amp; SUSAN M</t>
   </si>
   <si>
     <t>116 S 6TH ST</t>
   </si>
   <si>
     <t>42-00531-000</t>
   </si>
   <si>
     <t>TROYER DONALD E &amp; KAY L</t>
   </si>
   <si>
     <t>506 N 1ST ST</t>
   </si>
   <si>
-    <t>42-00546-000</t>
-[...7 lines deleted...]
-  <si>
     <t>42-00585-000</t>
   </si>
   <si>
     <t>JACKSON JONATHAN DAVID</t>
   </si>
   <si>
     <t>723 GRANT ST</t>
   </si>
   <si>
     <t>42-00587-000</t>
   </si>
   <si>
     <t>PEDROTTY ROBERT W</t>
   </si>
   <si>
     <t>917 N 2ND ST</t>
   </si>
   <si>
     <t>42-00597-000</t>
   </si>
   <si>
     <t>GRANT ST</t>
   </si>
   <si>
     <t>42-00608-000</t>
@@ -1081,290 +784,209 @@
   <si>
     <t>WILSON ERIKA</t>
   </si>
   <si>
     <t>208 SHERMAN ST</t>
   </si>
   <si>
     <t>42-00724-000</t>
   </si>
   <si>
     <t>MAXWELL DUSTIN N</t>
   </si>
   <si>
     <t>625 CENTER ST</t>
   </si>
   <si>
     <t>42-00734-000</t>
   </si>
   <si>
     <t>WALTERS ALLISON J</t>
   </si>
   <si>
     <t>707 N 4TH ST</t>
   </si>
   <si>
-    <t>42-00746-000</t>
+    <t>42-00764-000</t>
+  </si>
+  <si>
+    <t>WADDINGTON SUSAN Y</t>
+  </si>
+  <si>
+    <t>118 TAYLOR AVE</t>
+  </si>
+  <si>
+    <t>42-00792-000</t>
+  </si>
+  <si>
+    <t>MCDONALD MICHAEL LEE &amp; SARAH KATHRYN</t>
+  </si>
+  <si>
+    <t>136 MILLER AVE</t>
+  </si>
+  <si>
+    <t>42-00915-000</t>
+  </si>
+  <si>
+    <t>FISHER BRENT M</t>
+  </si>
+  <si>
+    <t>JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-00916-000</t>
+  </si>
+  <si>
+    <t>321 JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-00946-000</t>
+  </si>
+  <si>
+    <t>117 N 1ST ST</t>
+  </si>
+  <si>
+    <t>42-01091-000</t>
+  </si>
+  <si>
+    <t>MITCHELL BRANDON &amp; DUSTY DAWN</t>
+  </si>
+  <si>
+    <t>627 N 3RD ST</t>
+  </si>
+  <si>
+    <t>42-01189-000</t>
+  </si>
+  <si>
+    <t>211 N 2ND ST</t>
+  </si>
+  <si>
+    <t>42-01192-000</t>
+  </si>
+  <si>
+    <t>CONLEY MONIQUE A</t>
+  </si>
+  <si>
+    <t>214 BANK ST</t>
+  </si>
+  <si>
+    <t>42-01290-000</t>
+  </si>
+  <si>
+    <t>BECKLEY PATRICK A &amp; DEE A</t>
+  </si>
+  <si>
+    <t>114 SPRING ST</t>
+  </si>
+  <si>
+    <t>42-01307-000</t>
+  </si>
+  <si>
+    <t>STIFFLER MICHELE S</t>
+  </si>
+  <si>
+    <t>112 JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-01308-000</t>
+  </si>
+  <si>
+    <t>PARR BONITA M</t>
+  </si>
+  <si>
+    <t>109 JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-01317-000</t>
+  </si>
+  <si>
+    <t>MCDONALD MICHAEL L &amp; SARAH K</t>
+  </si>
+  <si>
+    <t>37 S 2ND ST</t>
+  </si>
+  <si>
+    <t>42-01334-000</t>
+  </si>
+  <si>
+    <t>MCCABE TOM A</t>
+  </si>
+  <si>
+    <t>816 GRANT ST</t>
+  </si>
+  <si>
+    <t>42-01353-000</t>
+  </si>
+  <si>
+    <t>M&amp;S BROKEN RD LLC</t>
+  </si>
+  <si>
+    <t>318 JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-01404-000</t>
+  </si>
+  <si>
+    <t>301 WOODLAND AVE</t>
+  </si>
+  <si>
+    <t>42-01444-000</t>
+  </si>
+  <si>
+    <t>126 MILLER AVE REAR</t>
+  </si>
+  <si>
+    <t>42-01455-000</t>
+  </si>
+  <si>
+    <t>TAYLOR AVE</t>
+  </si>
+  <si>
+    <t>42-01505-001</t>
+  </si>
+  <si>
+    <t>MCCLUSKEY JONATHAN D &amp; STEPHANIE R</t>
+  </si>
+  <si>
+    <t>JOHNSON AVE</t>
+  </si>
+  <si>
+    <t>42-01507-000</t>
   </si>
   <si>
     <t>STANDIFORD PATRICIA J &amp; LARRY</t>
   </si>
   <si>
-    <t>408 SHERMAN ST</t>
-[...208 lines deleted...]
-  <si>
     <t>SHERMAN ST</t>
   </si>
   <si>
     <t>42-01517-000</t>
   </si>
   <si>
     <t>85 HANNA ST</t>
   </si>
   <si>
-    <t>42-01596-000</t>
-[...13 lines deleted...]
-  <si>
     <t>42-01637-000</t>
   </si>
   <si>
     <t>606 N 3RD ST</t>
   </si>
   <si>
     <t>42-01644-000</t>
   </si>
   <si>
     <t>410 N 2ND ST</t>
   </si>
   <si>
     <t>42-01648-000</t>
   </si>
   <si>
     <t>JOHNS DWIGHT &amp; ANGELA</t>
   </si>
   <si>
     <t>6967 SE DEERSVILLE EXT</t>
   </si>
   <si>
     <t>42-01659-000</t>
   </si>
   <si>
     <t>AMA OHIO HOME LLC</t>
@@ -1385,59 +1007,50 @@
     <t>PATTERSON JERRY L</t>
   </si>
   <si>
     <t>10154 SE KLESKI RD</t>
   </si>
   <si>
     <t>6303216</t>
   </si>
   <si>
     <t>BATTEN FRANCESCA D</t>
   </si>
   <si>
     <t>4228 SE INDIAN HILL RD</t>
   </si>
   <si>
     <t>40-00001-003</t>
   </si>
   <si>
     <t>ENOS KENNETH P &amp; TONI D</t>
   </si>
   <si>
     <t>INDIAN VALLEY SD</t>
   </si>
   <si>
     <t>2904 SE SIMPSON RD</t>
-  </si>
-[...7 lines deleted...]
-    <t>SE SIMPSON RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1447,70 +1060,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F163" headerRowCount="1">
-  <autoFilter ref="A1:F163"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F118" headerRowCount="1">
+  <autoFilter ref="A1:F118"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28971&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28993&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29065&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=69800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=79324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29594&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=70768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30009&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=78886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=69537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30348&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30349&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=78968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33670&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34341&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=70455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30566&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28971&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=28980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29065&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=69800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=79324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29594&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=70768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=29975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=69537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=75725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=78968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=33879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34341&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=34973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=70455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=35161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=30564&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F163"/>
+  <dimension ref="A1:F118"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="49.3238639831543" customWidth="1"/>
     <col min="3" max="3" width="17.552576065063477" customWidth="1"/>
     <col min="4" max="4" width="29.066152572631836" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1574,3213 +1187,2313 @@
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
         <v>1316.4</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>62.5</v>
+        <v>472.49</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>472.49</v>
+        <v>932.21</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>932.21</v>
+        <v>247.56</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>247.56</v>
+        <v>62.5</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>62.5</v>
+        <v>258.39</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>62.5</v>
+        <v>145.77</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>468.39</v>
+        <v>92.69</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>145.77</v>
+        <v>223.46</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>92.69</v>
+        <v>661.06</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>62.5</v>
+        <v>1590.64</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>62.5</v>
+        <v>225.87</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="2">
-        <v>223.46</v>
+        <v>728.42</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>661.06</v>
+        <v>29.08</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E18" s="2">
-        <v>62.5</v>
+        <v>172.81</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>1590.64</v>
+        <v>34.27</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="E20" s="2">
-        <v>225.87</v>
+        <v>218.27</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E21" s="2">
-        <v>62.5</v>
+        <v>172.93</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="E22" s="2">
-        <v>728.42</v>
+        <v>299.24</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E23" s="2">
-        <v>29.08</v>
+        <v>33.26</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" s="2">
-        <v>172.81</v>
+        <v>522.24</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="2">
-        <v>34.27</v>
+        <v>112.72</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>62.5</v>
+        <v>2903.69</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>218.27</v>
+        <v>405.57</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="2">
-        <v>172.93</v>
+        <v>39.32</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>299.24</v>
+        <v>219.03</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>62.5</v>
+        <v>720.37</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="2">
-        <v>33.26</v>
+        <v>885.77</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="E32" s="2">
-        <v>522.24</v>
+        <v>45.34</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E33" s="2">
-        <v>112.72</v>
+        <v>15.33</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E34" s="2">
-        <v>2978.69</v>
+        <v>42.52</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>405.57</v>
+        <v>698.15</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="E36" s="2">
-        <v>39.32</v>
+        <v>69.49</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E37" s="2">
-        <v>219.03</v>
+        <v>35.99</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="E38" s="2">
-        <v>62.5</v>
+        <v>1062.89</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E39" s="2">
-        <v>720.37</v>
+        <v>411.34</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E40" s="2">
-        <v>885.77</v>
+        <v>900.21</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E41" s="2">
-        <v>62.5</v>
+        <v>928.48</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>75</v>
+        <v>121</v>
       </c>
       <c r="E42" s="2">
-        <v>45.34</v>
+        <v>335.47</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>300.3</v>
+        <v>1228.49</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E44" s="2">
-        <v>15.33</v>
+        <v>458.08</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" s="2">
-        <v>42.52</v>
+        <v>194.08</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>135</v>
+        <v>57</v>
       </c>
       <c r="E46" s="2">
-        <v>1698.15</v>
+        <v>101.87</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E47" s="2">
-        <v>1289.22</v>
+        <v>121.33</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>16</v>
+        <v>137</v>
       </c>
       <c r="E48" s="2">
-        <v>69.49</v>
+        <v>13.72</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>35.99</v>
+        <v>123.65</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>62.5</v>
+        <v>513.55</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E51" s="2">
-        <v>1062.89</v>
+        <v>20445.72</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>411.34</v>
+        <v>4493.28</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="2">
-        <v>62.5</v>
+        <v>1450.71</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>900.21</v>
+        <v>738.13</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>104.84</v>
+        <v>19.03</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E56" s="2">
-        <v>928.48</v>
+        <v>1951.47</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>165</v>
+        <v>126</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="E57" s="2">
-        <v>335.47</v>
+        <v>589.31</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="E58" s="2">
-        <v>19.5</v>
+        <v>1082.71</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E59" s="2">
-        <v>1228.49</v>
+        <v>138.29</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E60" s="2">
-        <v>558.08</v>
+        <v>42.69</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E61" s="2">
-        <v>194.08</v>
+        <v>3559.95</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>181</v>
+        <v>50</v>
       </c>
       <c r="E62" s="2">
-        <v>62.5</v>
+        <v>1060.15</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>75</v>
+        <v>179</v>
       </c>
       <c r="E63" s="2">
-        <v>101.87</v>
+        <v>134.19</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E64" s="2">
-        <v>12.22</v>
+        <v>540.68</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>160.63</v>
+        <v>192.29</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>1195.86</v>
+        <v>51.59</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>1112.08</v>
+        <v>453.07</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>121.33</v>
+        <v>566.55</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69" s="2">
-        <v>13.72</v>
+        <v>254.84</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="2">
-        <v>623.65</v>
+        <v>1740.94</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C71" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="2">
-        <v>1513.55</v>
+        <v>1358.94</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="2">
-        <v>95.77</v>
+        <v>1555.34</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C73" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>126.46</v>
+        <v>899.99</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>1396.25</v>
+        <v>48.05</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E75" s="2">
-        <v>369.48</v>
+        <v>563.35</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E76" s="2">
-        <v>20695.72</v>
+        <v>23.43</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E77" s="2">
-        <v>4493.28</v>
+        <v>115.19</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="B78" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" s="2">
-        <v>1450.71</v>
+        <v>315.58</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>738.13</v>
+        <v>1103.91</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="B80" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E80" s="2">
-        <v>19.03</v>
+        <v>1104.36</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E81" s="2">
-        <v>1951.47</v>
+        <v>1468.11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="B82" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E82" s="2">
-        <v>689.31</v>
+        <v>378.26</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>238</v>
       </c>
       <c r="E83" s="2">
-        <v>1082.71</v>
+        <v>334.03</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B84" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="2">
-        <v>138.29</v>
+        <v>112.67</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>42.69</v>
+        <v>1604.68</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>3559.95</v>
+        <v>282.32</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>1060.15</v>
+        <v>849.81</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E88" s="2">
-        <v>134.19</v>
+        <v>104.45</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>255</v>
       </c>
       <c r="E89" s="2">
-        <v>540.68</v>
+        <v>21990.78</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>59</v>
+        <v>258</v>
       </c>
       <c r="E90" s="2">
-        <v>12.38</v>
+        <v>3799.12</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E91" s="2">
-        <v>192.29</v>
+        <v>1804.17</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E92" s="2">
-        <v>51.59</v>
+        <v>48.52</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E93" s="2">
-        <v>70.02</v>
+        <v>208.49</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E94" s="2">
-        <v>953.07</v>
+        <v>1198.71</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B95" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" s="2">
-        <v>1373.64</v>
+        <v>455.12</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>566.55</v>
+        <v>308.03</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E97" s="2">
-        <v>254.84</v>
+        <v>46.71</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" s="2">
-        <v>1394.12</v>
+        <v>3973.15</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E99" s="2">
-        <v>4221.79</v>
+        <v>318.33</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" s="2">
-        <v>323.55</v>
+        <v>226.17</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" s="2">
-        <v>1740.94</v>
+        <v>279.01</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="B102" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" s="2">
-        <v>1358.94</v>
+        <v>31.09</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="B103" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E103" s="2">
-        <v>590.05</v>
+        <v>1339.13</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E104" s="2">
-        <v>1555.34</v>
+        <v>36.43</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E105" s="2">
-        <v>899.99</v>
+        <v>26.96</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B106" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C106" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E106" s="2">
-        <v>48.05</v>
+        <v>28.83</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>306</v>
+        <v>266</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="E107" s="2">
-        <v>563.35</v>
+        <v>115.54</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="E108" s="2">
-        <v>23.43</v>
+        <v>39.26</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="E109" s="2">
-        <v>115.19</v>
+        <v>57.72</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>315</v>
+        <v>242</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="E110" s="2">
-        <v>315.58</v>
+        <v>787.06</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>318</v>
+        <v>93</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="E111" s="2">
-        <v>1103.91</v>
+        <v>34.62</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>321</v>
+        <v>90</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="E112" s="2">
-        <v>45.42</v>
+        <v>1244.05</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="E113" s="2">
-        <v>1104.36</v>
+        <v>221.19</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="E114" s="2">
-        <v>1468.11</v>
+        <v>1317.61</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>330</v>
+        <v>216</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="E115" s="2">
-        <v>19.32</v>
+        <v>67.91</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="E116" s="2">
-        <v>378.26</v>
+        <v>274.17</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="E117" s="2">
-        <v>334.03</v>
+        <v>910.8</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>274</v>
+        <v>331</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>8</v>
+        <v>332</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="E118" s="2">
-        <v>112.67</v>
+        <v>650.42</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>10</v>
-[...898 lines deleted...]
-      <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4859,77 +3572,32 @@
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
-    <hyperlink ref="F119" r:id="rId119"/>
-[...43 lines deleted...]
-    <hyperlink ref="F163" r:id="rId163"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>