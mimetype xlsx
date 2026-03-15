--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -5,403 +5,193 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>35-00025-000</t>
-[...8 lines deleted...]
-    <t>7949 NW FORT LAURENS RD</t>
+    <t>34-00101-017</t>
+  </si>
+  <si>
+    <t>GLICK REAL ESTATE LTD</t>
+  </si>
+  <si>
+    <t>TUSC VALLEY SD</t>
+  </si>
+  <si>
+    <t>NW REED RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>34-00101-009</t>
-[...19 lines deleted...]
-  <si>
     <t>34-00101-019</t>
   </si>
   <si>
-    <t>34-00109-000</t>
-[...43 lines deleted...]
-  <si>
     <t>3400135</t>
   </si>
   <si>
     <t>RUNYON DAVID R &amp; JANET L</t>
   </si>
   <si>
     <t>8588 NW REED RD</t>
   </si>
   <si>
-    <t>34-00271-003</t>
-[...16 lines deleted...]
-  <si>
     <t>34-00463-000</t>
   </si>
   <si>
     <t>SWINFORD MICHAEL J</t>
   </si>
   <si>
     <t>DOVER ZOAR RD</t>
   </si>
   <si>
-    <t>34-00470-000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-00481-000</t>
   </si>
   <si>
     <t>HIPLE JASON J &amp; TERRA A</t>
   </si>
   <si>
     <t>NW STRASBURG BOLIVAR RD</t>
   </si>
   <si>
-    <t>34-00484-003</t>
-[...7 lines deleted...]
-  <si>
     <t>34-00493-001</t>
   </si>
   <si>
     <t>CRIHFIELD CHRISTINA M</t>
   </si>
   <si>
     <t>329 OLDE ORCHARD DR NE</t>
   </si>
   <si>
     <t>34-00496-009</t>
   </si>
   <si>
     <t>MB OPERATING CO., INC</t>
   </si>
   <si>
     <t>34-00598-000</t>
   </si>
   <si>
     <t>34-00608-000</t>
   </si>
   <si>
     <t>SHAFER EDWARD H &amp; JULIE A</t>
   </si>
   <si>
     <t>1560 NW STATE ROUTE 212</t>
   </si>
   <si>
-    <t>34-00703-002</t>
-[...25 lines deleted...]
-  <si>
     <t>34-00736-009</t>
   </si>
   <si>
     <t>THOMAS TAMIE</t>
   </si>
   <si>
     <t>8878 NW REED RD</t>
   </si>
   <si>
-    <t>34-00740-015</t>
-[...52 lines deleted...]
-  <si>
     <t>34-02371-000</t>
   </si>
   <si>
     <t>MILLER CHARLES B &amp; 2 OTHERS</t>
   </si>
   <si>
     <t>NE SHERMAN CHURCH RD RD</t>
   </si>
   <si>
     <t>34-02390-000</t>
   </si>
   <si>
     <t>RIVERBLUFF LTD</t>
   </si>
   <si>
     <t>780 NE GARBERDALE SQ</t>
   </si>
   <si>
-    <t>34-02616-003</t>
-[...7 lines deleted...]
-  <si>
     <t>34-03013-005</t>
   </si>
   <si>
     <t>OLIVER RICHARD A &amp; SHARON L</t>
   </si>
   <si>
     <t>ZUTAVERN CHURCH RD</t>
   </si>
   <si>
-    <t>34-03067-000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-03091-000</t>
   </si>
   <si>
     <t>1065 NE SOUTH HALLMARK DR</t>
   </si>
   <si>
     <t>34-03098-000</t>
   </si>
   <si>
     <t>STUMP AARON J &amp; CHRISTINE A</t>
   </si>
   <si>
     <t>NE NORTHWOOD AVE REAR</t>
   </si>
   <si>
-    <t>34-03101-000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-03202-000</t>
   </si>
   <si>
     <t>TRUSTEES ASSEMBLEY OF GOD CHURCH</t>
   </si>
   <si>
     <t>NW ST PETERS CHURCH RD</t>
   </si>
   <si>
     <t>34-03333-001</t>
   </si>
   <si>
     <t>AULTMAN HEALTH FOUNDATION</t>
   </si>
   <si>
     <t>10724 NE STATE ROUTE 212</t>
   </si>
   <si>
     <t>34-03400-000</t>
   </si>
   <si>
     <t>HANEY ROGER &amp; TRACY</t>
   </si>
   <si>
     <t>NE WELTON RD REAR</t>
@@ -430,111 +220,75 @@
   <si>
     <t>WALLACE RODNEY P &amp; RICHARD A OLIVER</t>
   </si>
   <si>
     <t>1077 NE KERNS DR</t>
   </si>
   <si>
     <t>34-03476-000</t>
   </si>
   <si>
     <t>ROG WIN INC</t>
   </si>
   <si>
     <t>NE BUEHLER RD</t>
   </si>
   <si>
     <t>34-03576-000</t>
   </si>
   <si>
     <t>SHANE MICHAEL J</t>
   </si>
   <si>
     <t>9908 NE BIMELER ST</t>
   </si>
   <si>
-    <t>34-03657-000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-03742-000</t>
   </si>
   <si>
     <t>SCHROCK DEVELOPMENT COMPANY LLC</t>
   </si>
   <si>
     <t>WILKSHIRE BLVD</t>
   </si>
   <si>
-    <t>34-03743-001</t>
-[...7 lines deleted...]
-  <si>
     <t>34-03748-006</t>
   </si>
   <si>
     <t>MCKNIGHT JOEY R &amp; CYNTHIA J</t>
   </si>
   <si>
     <t>7493 NW FRENCH HILL RD</t>
   </si>
   <si>
     <t>34-03756-001</t>
   </si>
   <si>
     <t>MBJ PROPERTY DEVELOPMENT LLC</t>
   </si>
   <si>
     <t>298 NE EDGEBROOK RD</t>
-  </si>
-[...16 lines deleted...]
-    <t>9556 B WILKSHIRE BLVD</t>
   </si>
   <si>
     <t>34-03822-000</t>
   </si>
   <si>
     <t>JOHNSON MATTHEW K &amp; KIEVE ANN</t>
   </si>
   <si>
     <t>MICHAEL LN</t>
   </si>
   <si>
     <t>34-03920-000</t>
   </si>
   <si>
     <t>HABRUN TODD ALLEN &amp; CYNTHIA MARIE</t>
   </si>
   <si>
     <t>9700 NE BIMELER ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -562,1242 +316,675 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F56" headerRowCount="1">
-  <autoFilter ref="A1:F56"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F29" headerRowCount="1">
+  <autoFilter ref="A1:F29"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=70929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=70122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27465&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=24788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=72799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=77094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=25587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=26941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.tuscarawas.oh.us/Account/Index?Property_ID=27465&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F56"/>
+  <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="49.701377868652344" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="30.637582778930664" customWidth="1"/>
+    <col min="2" max="2" width="38.33102798461914" customWidth="1"/>
+    <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
+    <col min="4" max="4" width="28.682504653930664" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>62.5</v>
+        <v>226.43</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3" s="2">
-        <v>62.5</v>
+        <v>193.85</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E4" s="2">
-        <v>226.43</v>
+        <v>8071.4</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="2">
-        <v>193.85</v>
+        <v>4696.25</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="2">
-        <v>62.5</v>
+        <v>714.29</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="E7" s="2">
         <v>62.5</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E8" s="2">
-        <v>62.5</v>
+        <v>48.31</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E9" s="2">
-        <v>62.5</v>
+        <v>1271.4</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E10" s="2">
-        <v>62.5</v>
+        <v>3040.72</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E11" s="2">
-        <v>8071.4</v>
+        <v>3074.89</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E12" s="2">
-        <v>62.5</v>
+        <v>4279.79</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E13" s="2">
-        <v>29.4</v>
+        <v>13.29</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E14" s="2">
-        <v>6696.25</v>
+        <v>937.33</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E15" s="2">
-        <v>62.5</v>
+        <v>1203.29</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E16" s="2">
-        <v>714.29</v>
+        <v>14.06</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E17" s="2">
-        <v>62.5</v>
+        <v>752.84</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E18" s="2">
-        <v>62.5</v>
+        <v>593.99</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E19" s="2">
-        <v>48.31</v>
+        <v>486.46</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="E20" s="2">
-        <v>1271.4</v>
+        <v>227.52</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>3040.72</v>
+        <v>1256.65</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>62.5</v>
+        <v>1071.12</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>62.5</v>
+        <v>6480.12</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" s="2">
-        <v>62.5</v>
+        <v>3247.01</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E25" s="2">
-        <v>3074.89</v>
+        <v>19.4</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>62.5</v>
+        <v>698.89</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>295.31</v>
+        <v>1725.54</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>62.5</v>
+        <v>119.61</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>62.5</v>
+        <v>2470.36</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>10</v>
-[...538 lines deleted...]
-      <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
-    <hyperlink ref="F30" r:id="rId30"/>
-[...25 lines deleted...]
-    <hyperlink ref="F56" r:id="rId56"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>